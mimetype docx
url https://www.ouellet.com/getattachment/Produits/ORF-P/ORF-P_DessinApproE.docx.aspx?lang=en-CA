--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1239,84 +1239,98 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">For indoor and outdoor </w:t>
       </w:r>
       <w:r w:rsidR="00074575" w:rsidRPr="00074575">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>applications.</w:t>
       </w:r>
       <w:r w:rsidRPr="00074575">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AEE4C3" w14:textId="598C19E2" w:rsidR="00E21A0A" w:rsidRPr="00C366D4" w:rsidRDefault="0001567E" w:rsidP="0001567E">
+    <w:p w14:paraId="20AEE4C3" w14:textId="7ED421A1" w:rsidR="00E21A0A" w:rsidRPr="00C366D4" w:rsidRDefault="0001567E" w:rsidP="0001567E">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="3402" w:hanging="162"/>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Minimum installation temperature: </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="00074575">
+      <w:r w:rsidRPr="00DD5C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0 °C (3</w:t>
+      </w:r>
+      <w:r w:rsidR="001420B5" w:rsidRPr="00DD5C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> °F)</w:t>
+      </w:r>
+      <w:r w:rsidR="00074575" w:rsidRPr="00DD5C88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E21A0A" w:rsidRPr="00C366D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E21A0A" w:rsidRPr="00C366D4">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7B8D1C" w14:textId="178C4E05" w:rsidR="0001567E" w:rsidRPr="007F4D77" w:rsidRDefault="0001567E" w:rsidP="00E21A0A">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
@@ -1666,51 +1680,50 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2505"/>
         <w:gridCol w:w="2314"/>
         <w:gridCol w:w="2315"/>
         <w:gridCol w:w="2327"/>
         <w:gridCol w:w="1329"/>
       </w:tblGrid>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="6EFC059F" w14:textId="77777777" w:rsidTr="002601FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E138C17" w14:textId="4204A27F" w:rsidR="00537321" w:rsidRPr="00CA077D" w:rsidRDefault="0001567E" w:rsidP="00A96ECD">
             <w:pPr>
               <w:pStyle w:val="BlocTexte1"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">Product </w:t>
             </w:r>
             <w:r w:rsidRPr="00C33A88">
@@ -1840,51 +1853,50 @@
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="004C63D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0001567E" w:rsidRPr="000A5D5B" w14:paraId="5AE7579A" w14:textId="77777777" w:rsidTr="002601FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5570A483" w14:textId="77777777" w:rsidR="0001567E" w:rsidRPr="000A5D5B" w:rsidRDefault="0001567E" w:rsidP="0001567E">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2314" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D642A40" w14:textId="10244BD7" w:rsidR="0001567E" w:rsidRPr="000A5D5B" w:rsidRDefault="0001567E" w:rsidP="0001567E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
@@ -1958,51 +1970,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5191A157" w14:textId="77777777" w:rsidR="0001567E" w:rsidRPr="000A5D5B" w:rsidRDefault="0001567E" w:rsidP="0001567E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="45BDD15B" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78189658" w14:textId="407519B1" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P003</w:t>
             </w:r>
           </w:p>
@@ -2081,51 +2092,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F038979" w14:textId="0A48E587" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="22E67E4E" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E156734" w14:textId="08A3A521" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P006</w:t>
             </w:r>
           </w:p>
@@ -2204,51 +2214,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E8D0431" w14:textId="299A3254" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="4F94642C" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F883A24" w14:textId="464FC280" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P009</w:t>
             </w:r>
           </w:p>
@@ -2327,51 +2336,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E4887F3" w14:textId="1B898288" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="7C3D5756" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AD3BF3C" w14:textId="0E2779DD" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P012</w:t>
             </w:r>
           </w:p>
@@ -2450,51 +2458,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50698C6F" w14:textId="05614FDC" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="28015A05" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="584C765A" w14:textId="5169EA07" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P015</w:t>
             </w:r>
           </w:p>
@@ -2573,51 +2580,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C58DC1E" w14:textId="01416419" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="2FAF275E" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56E733AD" w14:textId="32F78C1F" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P018</w:t>
             </w:r>
           </w:p>
@@ -2696,51 +2702,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="628F54A5" w14:textId="44A9B6E6" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="564F4B1B" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D860A6D" w14:textId="4044710E" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P024</w:t>
             </w:r>
           </w:p>
@@ -2819,51 +2824,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B389F97" w14:textId="3DDA68A7" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="415F0468" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01C44A5D" w14:textId="1CB1F297" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P030</w:t>
             </w:r>
           </w:p>
@@ -2942,51 +2946,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61C44384" w14:textId="7EED9E77" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="286C315F" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43459C03" w14:textId="71B44FC9" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P040</w:t>
             </w:r>
           </w:p>
@@ -3065,51 +3068,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="645EEB0D" w14:textId="7CE5263A" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="3672B97F" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A9396BB" w14:textId="2D65D66B" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P060</w:t>
             </w:r>
           </w:p>
@@ -3188,51 +3190,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1BD43144" w14:textId="7DF86798" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74D3B" w:rsidRPr="00A96ECD" w14:paraId="002FFB38" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FE106E2" w14:textId="36DF9F36" w:rsidR="00D74D3B" w:rsidRPr="007C160F" w:rsidRDefault="00D74D3B" w:rsidP="00D74D3B">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C160F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P080</w:t>
             </w:r>
           </w:p>
@@ -4285,58 +4286,58 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BB55E8" w:rsidRPr="00BB55E8" w:rsidSect="00C452E6">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="806" w:left="720" w:header="720" w:footer="806" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E984B3A" w14:textId="77777777" w:rsidR="007558FF" w:rsidRDefault="007558FF">
+    <w:p w14:paraId="627B1EB2" w14:textId="77777777" w:rsidR="001C07B2" w:rsidRDefault="001C07B2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71DD79DF" w14:textId="77777777" w:rsidR="007558FF" w:rsidRDefault="007558FF">
+    <w:p w14:paraId="7263C92F" w14:textId="77777777" w:rsidR="001C07B2" w:rsidRDefault="001C07B2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4367,98 +4368,98 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Regular">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0603030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -4557,58 +4558,58 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="13"/>
       </w:rPr>
       <w:t xml:space="preserve"> • </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="13"/>
         </w:rPr>
         <w:t>www.ouellet.com</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="722357AC" w14:textId="77777777" w:rsidR="007558FF" w:rsidRDefault="007558FF">
+    <w:p w14:paraId="5B7B76B9" w14:textId="77777777" w:rsidR="001C07B2" w:rsidRDefault="001C07B2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="560620FE" w14:textId="77777777" w:rsidR="007558FF" w:rsidRDefault="007558FF">
+    <w:p w14:paraId="06FB7960" w14:textId="77777777" w:rsidR="001C07B2" w:rsidRDefault="001C07B2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0E301B07" w14:textId="615CF0E5" w:rsidR="00E812AD" w:rsidRDefault="0087245C" w:rsidP="00473C1A">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:spacing w:before="160" w:after="120"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -4633,51 +4634,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6972300" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:solidFill>
                           <a:srgbClr val="808080"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="">
+                          <a14:hiddenFill xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="033678A3" id="Line 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.95pt,45.2pt" to="544.05pt,45.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0m9M08wEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8DgmXZSEirKoAfaEt&#10;0m4/wNgOsep4LNsQUNV/79hcum3fVqtI1tgzc2bmnMn86dRqcpTOKzAlHfRzSqThIJTZl/T7y7o3&#10;pcQHZgTTYGRJz9LTp8XHD/POFnIIDWghHUEQ44vOlrQJwRZZ5nkjW+b7YKVBZw2uZQGvbp8JxzpE&#10;b3U2zPNJ1oET1gGX3uPr8uKki4Rf15KHb3XtZSC6pNhbSKdL5y6e2WLOir1jtlH82gZ7QxctUwaL&#10;3qGWLDBycOo/qFZxBx7q0OfQZlDXiss0A04zyP+Z5rlhVqZZkBxv7zT594PlX49bR5QoKQplWIsS&#10;bZSRZByZ6awvMKAyWxdn4yfzbDfAf3hioGqY2cvU4cvZYtogZmR/pcSLt4i/676AwBh2CJBoOtWu&#10;jZBIADklNc53NeQpEI6Pk9njcJSjaPzmy1hxS7TOh88SWhKNkmrsOQGz48aH2AgrbiGxjoG10jqJ&#10;rQ3pEHz0kKcED1qJ6Ixh3u13lXbkyHBdpnn80lToeR3m4GBEAmskE6urHZjSFxuLaxPxcBRs52pd&#10;9uHnLJ+tpqvpuDceTla9cS5E79O6Gvcm68Hjw3K0rKrl4Ne16i0/0RqZvGiyA3HeuhvduBlp3usW&#10;x9V7fU+i/PnXFr8BAAD//wMAUEsDBBQABgAIAAAAIQDJM81O3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcWqcVipIQp0JIVSVupOXQ2zZekkC8DrbbhL/HFQc4zs5o5m25&#10;mc0gLuR8b1nBapmAIG6s7rlVcNhvFxkIH5A1DpZJwTd52FS3NyUW2k78Spc6tCKWsC9QQRfCWEjp&#10;m44M+qUdiaP3bp3BEKVrpXY4xXIzyHWSpNJgz3Ghw5GeO2o+67NRMNUfW3zbvaSH3RGP6R6/1o1L&#10;lbq/m58eQQSaw18YrvgRHarIdLJn1l4MChZ5HpMK8uQBxNVPsmwF4vR7kVUp/39Q/QAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQB0m9M08wEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDJM81O3QAAAAkBAAAPAAAAAAAAAAAAAAAAAE0EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" strokecolor="gray" strokeweight=".5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -4706,51 +4707,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6972300" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:solidFill>
                           <a:srgbClr val="808080"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="">
+                          <a14:hiddenFill xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="3724C3D1" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.95pt,.2pt" to="544.05pt,.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkpp4J8wEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8J3Yum4sVZ1U5SV/S&#10;NtJuP4AAjlExg4DEiar+ewdy6bZ9qypLaGBmzsw5M148n1tNTtJ5Baakg35OiTQchDKHkn593fRm&#10;lPjAjGAajCzpRXr6vHz/btHZQg6hAS2kIwhifNHZkjYh2CLLPG9ky3wfrDTorMG1LODVHTLhWIfo&#10;rc6GeT7JOnDCOuDSe3xdXZ10mfDrWvLwpa69DESXFHsL6XTp3MczWy5YcXDMNorf2mD/0EXLlMGi&#10;D6gVC4wcnfoLqlXcgYc69Dm0GdS14jJxQDaD/A82Lw2zMnFBcbx9yOT/Hyz/fNo5okRJp5QY1uKI&#10;tspIMorKdNYXGFCZnYvc+Nm82C3wb54YqBpmDjJ1+HqxmDaIGdlvKfHiLeLvu08gMIYdAySZzrVr&#10;IyQKQM5pGpfHNOQ5EI6Pk/l0OMpxaPzuy1hxT7TOh48SWhKNkmrsOQGz09aH2Agr7iGxjoGN0joN&#10;WxvSIfjoKU8JHrQS0RnDvDvsK+3IieG6zPL4JVboeRvm4GhEAmskE+ubHZjSVxuLaxPxkAq2c7Ou&#10;+/B9ns/Xs/Vs3BsPJ+veOBei92FTjXuTzWD6tBqtqmo1+HGres9PskYlrzPZg7js3F1u3IzE97bF&#10;cfXe3tNQfv1ry58AAAD//wMAUEsDBBQABgAIAAAAIQARggkg2QAAAAUBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI7BTsMwEETvSPyDtUjcWqcVitIQp0JIVSVupO2ht228JIF4HWy3CX+Pc4LjaEZvXrGd&#10;TC9u5HxnWcFqmYAgrq3uuFFwPOwWGQgfkDX2lknBD3nYlvd3BebajvxOtyo0IkLY56igDWHIpfR1&#10;Swb90g7EsfuwzmCI0TVSOxwj3PRynSSpNNhxfGhxoNeW6q/qahSM1ecOT/u39Lg/4zk94Pe6dqlS&#10;jw/TyzOIQFP4G8OsH9WhjE4Xe2XtRa9gsdnEpYInEHObZNkKxGXOsizkf/vyFwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOSmngnzAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhABGCCSDZAAAABQEAAA8AAAAAAAAAAAAAAAAATQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" strokecolor="gray" strokeweight=".5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -6851,63 +6852,63 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="227962089">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1247229355">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="960184598">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1426003302">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1003976974">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="728697321">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="706"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B387B"/>
     <w:rsid w:val="00000911"/>
     <w:rsid w:val="00002869"/>
     <w:rsid w:val="00010EBA"/>
     <w:rsid w:val="00012A9E"/>
     <w:rsid w:val="0001567E"/>
     <w:rsid w:val="000163C1"/>
@@ -6974,80 +6975,82 @@
     <w:rsid w:val="000E7ADD"/>
     <w:rsid w:val="000F25EE"/>
     <w:rsid w:val="000F2FD9"/>
     <w:rsid w:val="000F38A5"/>
     <w:rsid w:val="000F42DC"/>
     <w:rsid w:val="000F62E4"/>
     <w:rsid w:val="000F7784"/>
     <w:rsid w:val="001009AF"/>
     <w:rsid w:val="0010305D"/>
     <w:rsid w:val="001065DA"/>
     <w:rsid w:val="001109B0"/>
     <w:rsid w:val="001145CC"/>
     <w:rsid w:val="00120A17"/>
     <w:rsid w:val="001223A6"/>
     <w:rsid w:val="00124FD4"/>
     <w:rsid w:val="00125E54"/>
     <w:rsid w:val="00126CFC"/>
     <w:rsid w:val="00130950"/>
     <w:rsid w:val="001315F5"/>
     <w:rsid w:val="001330DF"/>
     <w:rsid w:val="00133A54"/>
     <w:rsid w:val="001345B2"/>
     <w:rsid w:val="00140AA5"/>
     <w:rsid w:val="00141555"/>
     <w:rsid w:val="00141780"/>
+    <w:rsid w:val="001420B5"/>
     <w:rsid w:val="0014418A"/>
     <w:rsid w:val="00150680"/>
     <w:rsid w:val="00150B84"/>
     <w:rsid w:val="00154661"/>
     <w:rsid w:val="001608C1"/>
     <w:rsid w:val="00160A53"/>
     <w:rsid w:val="00162B5F"/>
     <w:rsid w:val="0016315E"/>
     <w:rsid w:val="00164065"/>
     <w:rsid w:val="00167285"/>
     <w:rsid w:val="001678E8"/>
     <w:rsid w:val="0017221B"/>
     <w:rsid w:val="00173E17"/>
     <w:rsid w:val="001807AF"/>
     <w:rsid w:val="001816FC"/>
     <w:rsid w:val="00183678"/>
     <w:rsid w:val="0018432F"/>
     <w:rsid w:val="00185DE8"/>
     <w:rsid w:val="00186BD9"/>
     <w:rsid w:val="0019322D"/>
     <w:rsid w:val="00195B95"/>
     <w:rsid w:val="001965C0"/>
     <w:rsid w:val="001A164E"/>
     <w:rsid w:val="001A3D09"/>
     <w:rsid w:val="001A415E"/>
     <w:rsid w:val="001B1296"/>
     <w:rsid w:val="001B1AB4"/>
     <w:rsid w:val="001B2201"/>
     <w:rsid w:val="001B2A2B"/>
     <w:rsid w:val="001B7673"/>
+    <w:rsid w:val="001C07B2"/>
     <w:rsid w:val="001C4D15"/>
     <w:rsid w:val="001C4DDB"/>
     <w:rsid w:val="001C794A"/>
     <w:rsid w:val="001D1B14"/>
     <w:rsid w:val="001D1C94"/>
     <w:rsid w:val="001D24AB"/>
     <w:rsid w:val="001D2844"/>
     <w:rsid w:val="001D3FBA"/>
     <w:rsid w:val="001D4079"/>
     <w:rsid w:val="001D4D85"/>
     <w:rsid w:val="001D50C6"/>
     <w:rsid w:val="001D5943"/>
     <w:rsid w:val="001E2746"/>
     <w:rsid w:val="001E31DF"/>
     <w:rsid w:val="001E35E1"/>
     <w:rsid w:val="001E46E0"/>
     <w:rsid w:val="001E4A73"/>
     <w:rsid w:val="001E66E8"/>
     <w:rsid w:val="001F0ABC"/>
     <w:rsid w:val="001F2F16"/>
     <w:rsid w:val="001F3757"/>
     <w:rsid w:val="001F3BD2"/>
     <w:rsid w:val="00200457"/>
     <w:rsid w:val="00203797"/>
     <w:rsid w:val="002041DB"/>
@@ -7095,80 +7098,82 @@
     <w:rsid w:val="002E3D98"/>
     <w:rsid w:val="002E4912"/>
     <w:rsid w:val="002E5418"/>
     <w:rsid w:val="002E6972"/>
     <w:rsid w:val="002F1699"/>
     <w:rsid w:val="002F2111"/>
     <w:rsid w:val="002F38D8"/>
     <w:rsid w:val="002F4B4E"/>
     <w:rsid w:val="002F4CC0"/>
     <w:rsid w:val="002F5318"/>
     <w:rsid w:val="002F6408"/>
     <w:rsid w:val="0030496C"/>
     <w:rsid w:val="00306702"/>
     <w:rsid w:val="003069F8"/>
     <w:rsid w:val="0030776C"/>
     <w:rsid w:val="00312F22"/>
     <w:rsid w:val="003136E1"/>
     <w:rsid w:val="00314967"/>
     <w:rsid w:val="0031566F"/>
     <w:rsid w:val="0032316E"/>
     <w:rsid w:val="00324051"/>
     <w:rsid w:val="003254D6"/>
     <w:rsid w:val="003409CD"/>
     <w:rsid w:val="00341D85"/>
     <w:rsid w:val="00342837"/>
+    <w:rsid w:val="003466E3"/>
     <w:rsid w:val="003509A4"/>
     <w:rsid w:val="00350C99"/>
     <w:rsid w:val="00362F66"/>
     <w:rsid w:val="003646CB"/>
     <w:rsid w:val="00367D70"/>
     <w:rsid w:val="003708F7"/>
     <w:rsid w:val="003709F4"/>
     <w:rsid w:val="0037107F"/>
     <w:rsid w:val="00375173"/>
     <w:rsid w:val="00377123"/>
     <w:rsid w:val="0038043E"/>
     <w:rsid w:val="003814DA"/>
     <w:rsid w:val="0038469A"/>
     <w:rsid w:val="0038520C"/>
     <w:rsid w:val="00391E14"/>
     <w:rsid w:val="00394013"/>
     <w:rsid w:val="003940CA"/>
     <w:rsid w:val="00394ACD"/>
     <w:rsid w:val="00394C50"/>
     <w:rsid w:val="00395BAA"/>
     <w:rsid w:val="00395D54"/>
     <w:rsid w:val="00396191"/>
     <w:rsid w:val="00397C5D"/>
     <w:rsid w:val="003A10E5"/>
     <w:rsid w:val="003A182B"/>
     <w:rsid w:val="003A2A00"/>
     <w:rsid w:val="003A4BB5"/>
     <w:rsid w:val="003A4F20"/>
     <w:rsid w:val="003A508E"/>
     <w:rsid w:val="003A7977"/>
+    <w:rsid w:val="003B2C0F"/>
     <w:rsid w:val="003B3C28"/>
     <w:rsid w:val="003B447E"/>
     <w:rsid w:val="003C2BC5"/>
     <w:rsid w:val="003C3F09"/>
     <w:rsid w:val="003C4488"/>
     <w:rsid w:val="003D0813"/>
     <w:rsid w:val="003D41E5"/>
     <w:rsid w:val="003D615F"/>
     <w:rsid w:val="003E3B71"/>
     <w:rsid w:val="003E79DA"/>
     <w:rsid w:val="003E7AE2"/>
     <w:rsid w:val="003F23E1"/>
     <w:rsid w:val="003F3351"/>
     <w:rsid w:val="00401A2B"/>
     <w:rsid w:val="0040209F"/>
     <w:rsid w:val="00402BC6"/>
     <w:rsid w:val="00414F14"/>
     <w:rsid w:val="0041696A"/>
     <w:rsid w:val="00422669"/>
     <w:rsid w:val="00423623"/>
     <w:rsid w:val="004238DA"/>
     <w:rsid w:val="004242F9"/>
     <w:rsid w:val="00440AAC"/>
     <w:rsid w:val="00444615"/>
     <w:rsid w:val="00445176"/>
@@ -7540,50 +7545,51 @@
     <w:rsid w:val="009E06E2"/>
     <w:rsid w:val="009E0ED5"/>
     <w:rsid w:val="009E1296"/>
     <w:rsid w:val="009E1DD0"/>
     <w:rsid w:val="009E29B6"/>
     <w:rsid w:val="009E32BB"/>
     <w:rsid w:val="009E4D65"/>
     <w:rsid w:val="009E5596"/>
     <w:rsid w:val="009F1DAC"/>
     <w:rsid w:val="009F4071"/>
     <w:rsid w:val="009F4146"/>
     <w:rsid w:val="009F481D"/>
     <w:rsid w:val="00A01FE8"/>
     <w:rsid w:val="00A04E47"/>
     <w:rsid w:val="00A05E6F"/>
     <w:rsid w:val="00A06330"/>
     <w:rsid w:val="00A065F3"/>
     <w:rsid w:val="00A06DD9"/>
     <w:rsid w:val="00A13702"/>
     <w:rsid w:val="00A200DE"/>
     <w:rsid w:val="00A204E8"/>
     <w:rsid w:val="00A21413"/>
     <w:rsid w:val="00A21F90"/>
     <w:rsid w:val="00A22D44"/>
     <w:rsid w:val="00A24BC0"/>
+    <w:rsid w:val="00A26626"/>
     <w:rsid w:val="00A26BE6"/>
     <w:rsid w:val="00A30215"/>
     <w:rsid w:val="00A314D1"/>
     <w:rsid w:val="00A31876"/>
     <w:rsid w:val="00A3330F"/>
     <w:rsid w:val="00A34022"/>
     <w:rsid w:val="00A35D6C"/>
     <w:rsid w:val="00A450F9"/>
     <w:rsid w:val="00A50D95"/>
     <w:rsid w:val="00A51485"/>
     <w:rsid w:val="00A525BE"/>
     <w:rsid w:val="00A53E5E"/>
     <w:rsid w:val="00A54C01"/>
     <w:rsid w:val="00A55CE6"/>
     <w:rsid w:val="00A62EC5"/>
     <w:rsid w:val="00A64607"/>
     <w:rsid w:val="00A646B3"/>
     <w:rsid w:val="00A64826"/>
     <w:rsid w:val="00A651A9"/>
     <w:rsid w:val="00A66D99"/>
     <w:rsid w:val="00A67012"/>
     <w:rsid w:val="00A724E4"/>
     <w:rsid w:val="00A80F98"/>
     <w:rsid w:val="00A84C56"/>
     <w:rsid w:val="00A84C7F"/>
@@ -7720,125 +7726,128 @@
     <w:rsid w:val="00CD6975"/>
     <w:rsid w:val="00CE3F98"/>
     <w:rsid w:val="00CE76C7"/>
     <w:rsid w:val="00D02632"/>
     <w:rsid w:val="00D02ED1"/>
     <w:rsid w:val="00D129C3"/>
     <w:rsid w:val="00D205A6"/>
     <w:rsid w:val="00D20FBE"/>
     <w:rsid w:val="00D233BC"/>
     <w:rsid w:val="00D23F39"/>
     <w:rsid w:val="00D24E62"/>
     <w:rsid w:val="00D25514"/>
     <w:rsid w:val="00D25EFB"/>
     <w:rsid w:val="00D371F0"/>
     <w:rsid w:val="00D50EDE"/>
     <w:rsid w:val="00D51AE5"/>
     <w:rsid w:val="00D520E0"/>
     <w:rsid w:val="00D60D67"/>
     <w:rsid w:val="00D62754"/>
     <w:rsid w:val="00D62D1F"/>
     <w:rsid w:val="00D63EE0"/>
     <w:rsid w:val="00D6400A"/>
     <w:rsid w:val="00D64314"/>
     <w:rsid w:val="00D647F5"/>
     <w:rsid w:val="00D65457"/>
+    <w:rsid w:val="00D67A9A"/>
     <w:rsid w:val="00D7033D"/>
     <w:rsid w:val="00D71F56"/>
     <w:rsid w:val="00D74933"/>
     <w:rsid w:val="00D74D3B"/>
     <w:rsid w:val="00D75DC5"/>
     <w:rsid w:val="00D76F99"/>
     <w:rsid w:val="00D774FB"/>
     <w:rsid w:val="00D80227"/>
     <w:rsid w:val="00D813F5"/>
     <w:rsid w:val="00D81BDB"/>
     <w:rsid w:val="00D83C8D"/>
     <w:rsid w:val="00D83ECE"/>
     <w:rsid w:val="00D86EF9"/>
     <w:rsid w:val="00D8744C"/>
     <w:rsid w:val="00D90021"/>
     <w:rsid w:val="00D913BF"/>
     <w:rsid w:val="00D9194E"/>
     <w:rsid w:val="00D930B3"/>
     <w:rsid w:val="00DA57D1"/>
     <w:rsid w:val="00DB1168"/>
     <w:rsid w:val="00DB3B30"/>
     <w:rsid w:val="00DB6D10"/>
     <w:rsid w:val="00DC22FB"/>
     <w:rsid w:val="00DC39C2"/>
     <w:rsid w:val="00DC3B1F"/>
     <w:rsid w:val="00DC4D7A"/>
     <w:rsid w:val="00DC5C92"/>
     <w:rsid w:val="00DD0F6B"/>
     <w:rsid w:val="00DD57D6"/>
+    <w:rsid w:val="00DD5C88"/>
     <w:rsid w:val="00DE1100"/>
     <w:rsid w:val="00DE2C4A"/>
     <w:rsid w:val="00DE2E0E"/>
     <w:rsid w:val="00DE624A"/>
     <w:rsid w:val="00DE6F85"/>
     <w:rsid w:val="00DE7F13"/>
     <w:rsid w:val="00DF09DD"/>
     <w:rsid w:val="00E01658"/>
     <w:rsid w:val="00E02106"/>
     <w:rsid w:val="00E0422E"/>
     <w:rsid w:val="00E04B83"/>
     <w:rsid w:val="00E04D24"/>
     <w:rsid w:val="00E144CA"/>
     <w:rsid w:val="00E144E3"/>
     <w:rsid w:val="00E1531E"/>
     <w:rsid w:val="00E16907"/>
     <w:rsid w:val="00E205CF"/>
     <w:rsid w:val="00E21117"/>
     <w:rsid w:val="00E21A0A"/>
     <w:rsid w:val="00E2429B"/>
     <w:rsid w:val="00E258B0"/>
     <w:rsid w:val="00E26DC1"/>
     <w:rsid w:val="00E27731"/>
     <w:rsid w:val="00E30873"/>
     <w:rsid w:val="00E3318B"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E35625"/>
     <w:rsid w:val="00E36688"/>
     <w:rsid w:val="00E466BA"/>
     <w:rsid w:val="00E519F9"/>
     <w:rsid w:val="00E53E2F"/>
     <w:rsid w:val="00E57567"/>
     <w:rsid w:val="00E6001A"/>
     <w:rsid w:val="00E61399"/>
     <w:rsid w:val="00E6219E"/>
     <w:rsid w:val="00E6483D"/>
     <w:rsid w:val="00E676B3"/>
     <w:rsid w:val="00E67BC3"/>
     <w:rsid w:val="00E71982"/>
     <w:rsid w:val="00E74AA1"/>
     <w:rsid w:val="00E76814"/>
     <w:rsid w:val="00E8116D"/>
     <w:rsid w:val="00E812AD"/>
     <w:rsid w:val="00E81520"/>
     <w:rsid w:val="00E833EE"/>
     <w:rsid w:val="00E835CB"/>
+    <w:rsid w:val="00E847C9"/>
     <w:rsid w:val="00E85057"/>
     <w:rsid w:val="00E8579A"/>
     <w:rsid w:val="00E86ECF"/>
     <w:rsid w:val="00E90623"/>
     <w:rsid w:val="00E90F40"/>
     <w:rsid w:val="00E9345E"/>
     <w:rsid w:val="00E9460B"/>
     <w:rsid w:val="00E97473"/>
     <w:rsid w:val="00EA2B1C"/>
     <w:rsid w:val="00EB1998"/>
     <w:rsid w:val="00EB55D7"/>
     <w:rsid w:val="00EB641D"/>
     <w:rsid w:val="00EC1B48"/>
     <w:rsid w:val="00EC42A8"/>
     <w:rsid w:val="00EC493A"/>
     <w:rsid w:val="00EC6B1D"/>
     <w:rsid w:val="00ED02A1"/>
     <w:rsid w:val="00ED0B90"/>
     <w:rsid w:val="00EE03EF"/>
     <w:rsid w:val="00EF08E7"/>
     <w:rsid w:val="00EF3041"/>
     <w:rsid w:val="00EF4615"/>
     <w:rsid w:val="00EF5D56"/>
     <w:rsid w:val="00EF5FA3"/>
     <w:rsid w:val="00EF6676"/>
@@ -7900,53 +7909,53 @@
     <w:rsid w:val="00FD0971"/>
     <w:rsid w:val="00FD35DE"/>
     <w:rsid w:val="00FE11F1"/>
     <w:rsid w:val="00FE1C8F"/>
     <w:rsid w:val="00FE7D03"/>
     <w:rsid w:val="00FF6E63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D3C0458"/>
   <w15:docId w15:val="{D3727D81-7B2C-43B0-B3EC-A241CCB43CEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CA" w:eastAsia="fr-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -9125,61 +9134,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0d92f56c-7019-4176-a99a-4a6f75ef270c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="51c55d67-e85e-49a9-b476-a08c3bd3f696" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="97abceba3c9b8a5dbc5131261ea631a8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba389f1cf6a8bd45b598dc12140774dc" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="8aabb67c76b52066bc42c12ff2dd6947">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ea4195b1c36e97c99d2ba593e55c501" ns2:_="" ns3:_="">
     <xsd:import namespace="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <xsd:import namespace="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9375,132 +9386,145 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5403E99-189D-4593-9807-1BF3443052D9}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A9E755E-644A-4B48-B876-A8E38EC516C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB073818-6128-4427-B87C-49E9CB142E63}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
+    <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5403E99-189D-4593-9807-1BF3443052D9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88A0640E-F8EF-DC42-8F81-B4C05A29FF6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>266</Words>
   <Characters>1376</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Série</vt:lpstr>
       <vt:lpstr>Série</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ouellet Canada inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1639</CharactersWithSpaces>
+  <CharactersWithSpaces>1571</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1048634</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@ouellet.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>