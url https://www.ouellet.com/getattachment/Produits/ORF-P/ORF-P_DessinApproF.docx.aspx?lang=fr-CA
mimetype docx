--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1075,56 +1075,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> indiquant la mise sous </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46BC7B5E" w14:textId="05847CB9" w:rsidR="00E21A0A" w:rsidRDefault="007854E6" w:rsidP="007854E6">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3420"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="3240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B64EF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>tension du câble</w:t>
+        <w:t>tension</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B64EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du câble</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="47D58D01" w14:textId="2C483372" w:rsidR="00E21A0A" w:rsidRPr="00915C47" w:rsidRDefault="00E21A0A" w:rsidP="00E21A0A">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3420"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="3240" w:hanging="3240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00915C47">
@@ -1263,51 +1272,51 @@
       <w:r w:rsidRPr="00DC5C92">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>extérieures</w:t>
       </w:r>
       <w:r w:rsidR="007854E6">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AEE4C3" w14:textId="5A645DEF" w:rsidR="00E21A0A" w:rsidRPr="00C366D4" w:rsidRDefault="00E21A0A" w:rsidP="00E21A0A">
+    <w:p w14:paraId="20AEE4C3" w14:textId="02E208E7" w:rsidR="00E21A0A" w:rsidRPr="00C366D4" w:rsidRDefault="00E21A0A" w:rsidP="00E21A0A">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="3402" w:hanging="162"/>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Température minimale d’installation</w:t>
       </w:r>
@@ -1324,88 +1333,95 @@
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="008A128A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A128A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>°C</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="008A128A">
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0446">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0446">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3</w:t>
+      </w:r>
+      <w:r w:rsidR="00144EF8" w:rsidRPr="007C0446">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0446">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A128A">
+      <w:r w:rsidRPr="007C0446">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A128A">
+      <w:r w:rsidRPr="007C0446">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F)</w:t>
       </w:r>
-      <w:r w:rsidR="007854E6">
+      <w:r w:rsidR="007854E6" w:rsidRPr="007C0446">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C366D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C366D4">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="708ACDE0" w14:textId="53C9BD81" w:rsidR="00E21A0A" w:rsidRDefault="00E21A0A" w:rsidP="00E21A0A">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
@@ -1666,51 +1682,50 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2505"/>
         <w:gridCol w:w="2314"/>
         <w:gridCol w:w="2315"/>
         <w:gridCol w:w="2327"/>
         <w:gridCol w:w="1329"/>
       </w:tblGrid>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="6EFC059F" w14:textId="77777777" w:rsidTr="002601FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E138C17" w14:textId="75041F75" w:rsidR="00537321" w:rsidRPr="00CA077D" w:rsidRDefault="00537321" w:rsidP="00A96ECD">
             <w:pPr>
               <w:pStyle w:val="BlocTexte1"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA077D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t># Produit</w:t>
             </w:r>
             <w:r w:rsidR="00AA6938" w:rsidRPr="00AA6938">
@@ -1790,188 +1805,192 @@
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76106B94" w14:textId="77777777" w:rsidR="00537321" w:rsidRPr="00A96ECD" w:rsidRDefault="00537321" w:rsidP="00A96ECD">
             <w:pPr>
               <w:pStyle w:val="BlocTexte1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1842"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C33A88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Q</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>té</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="000A5D5B" w14:paraId="5AE7579A" w14:textId="77777777" w:rsidTr="002601FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5570A483" w14:textId="77777777" w:rsidR="00537321" w:rsidRPr="000A5D5B" w:rsidRDefault="00537321" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2314" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D642A40" w14:textId="77777777" w:rsidR="00537321" w:rsidRPr="000A5D5B" w:rsidRDefault="00537321" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000A5D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>pi</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66B5D255" w14:textId="77777777" w:rsidR="00537321" w:rsidRPr="000A5D5B" w:rsidRDefault="00537321" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000A5D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2327" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6852F519" w14:textId="4960D6DD" w:rsidR="00537321" w:rsidRPr="000A5D5B" w:rsidRDefault="00537321" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5191A157" w14:textId="77777777" w:rsidR="00537321" w:rsidRPr="000A5D5B" w:rsidRDefault="00537321" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="45BDD15B" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78189658" w14:textId="407519B1" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P003</w:t>
             </w:r>
           </w:p>
@@ -2069,51 +2088,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F038979" w14:textId="1B365CAD" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="22E67E4E" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E156734" w14:textId="08A3A521" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P006</w:t>
             </w:r>
           </w:p>
@@ -2211,51 +2229,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E8D0431" w14:textId="0F8E15FE" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="4F94642C" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F883A24" w14:textId="464FC280" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P009</w:t>
             </w:r>
           </w:p>
@@ -2353,51 +2370,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E4887F3" w14:textId="58EE6D24" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="7C3D5756" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AD3BF3C" w14:textId="0E2779DD" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P012</w:t>
             </w:r>
           </w:p>
@@ -2495,51 +2511,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50698C6F" w14:textId="4DDDDCF0" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="28015A05" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="584C765A" w14:textId="5169EA07" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P015</w:t>
             </w:r>
           </w:p>
@@ -2637,51 +2652,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C58DC1E" w14:textId="5371BB61" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="2FAF275E" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56E733AD" w14:textId="32F78C1F" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P018</w:t>
             </w:r>
           </w:p>
@@ -2779,51 +2793,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="628F54A5" w14:textId="4D2E4A0F" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="564F4B1B" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D860A6D" w14:textId="4044710E" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P024</w:t>
             </w:r>
           </w:p>
@@ -2921,51 +2934,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B389F97" w14:textId="03DC08C8" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="415F0468" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01C44A5D" w14:textId="1CB1F297" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P030</w:t>
             </w:r>
           </w:p>
@@ -3055,51 +3067,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61C44384" w14:textId="2B498047" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="286C315F" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43459C03" w14:textId="71B44FC9" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P040</w:t>
             </w:r>
           </w:p>
@@ -3197,51 +3208,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="645EEB0D" w14:textId="3DCAF04C" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="3672B97F" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A9396BB" w14:textId="2D65D66B" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P060</w:t>
             </w:r>
           </w:p>
@@ -3339,51 +3349,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1BD43144" w14:textId="2D71588B" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537321" w:rsidRPr="00A96ECD" w14:paraId="002FFB38" w14:textId="77777777" w:rsidTr="00135E62">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FE106E2" w14:textId="36DF9F36" w:rsidR="00537321" w:rsidRPr="00E50AE1" w:rsidRDefault="00537321" w:rsidP="00537321">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-P080</w:t>
             </w:r>
           </w:p>
@@ -3650,145 +3659,170 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="208E73F2" w14:textId="77777777" w:rsidR="00C808BD" w:rsidRDefault="00C808BD" w:rsidP="000166B4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
-              <w:t># Produit</w:t>
-            </w:r>
+              <w:t xml:space="preserve"># </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>Produit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="1402D2EC" w14:textId="77777777" w:rsidR="00C808BD" w:rsidRPr="00BD376C" w:rsidRDefault="00C808BD" w:rsidP="000166B4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD376C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
-              <w:t>En trousse</w:t>
-            </w:r>
+              <w:t xml:space="preserve">En </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BD376C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="14"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>trousse</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B627090" w14:textId="77777777" w:rsidR="00C808BD" w:rsidRPr="00C33A88" w:rsidRDefault="00C808BD" w:rsidP="000166B4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33A88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
             <w:shd w:val="solid" w:color="FF0000" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A85336F" w14:textId="77777777" w:rsidR="00C808BD" w:rsidRPr="00C33A88" w:rsidRDefault="00C808BD" w:rsidP="000166B4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C33A88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Qt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>é</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C808BD" w:rsidRPr="001D2844" w14:paraId="4071A5AE" w14:textId="77777777" w:rsidTr="004F22BE">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25D385E1" w14:textId="38D35FEB" w:rsidR="00C808BD" w:rsidRPr="00B857BD" w:rsidRDefault="00C808BD" w:rsidP="000166B4">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B857BD">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4547,98 +4581,98 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Regular">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0603030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -6952,62 +6986,63 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1054474780">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1292204693">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="861627968">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2080781906">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1876195042">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="706"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B387B"/>
     <w:rsid w:val="00000911"/>
     <w:rsid w:val="00002869"/>
     <w:rsid w:val="00010EBA"/>
     <w:rsid w:val="00012A9E"/>
@@ -7076,50 +7111,51 @@
     <w:rsid w:val="000F25EE"/>
     <w:rsid w:val="000F2FD9"/>
     <w:rsid w:val="000F38A5"/>
     <w:rsid w:val="000F42DC"/>
     <w:rsid w:val="000F62E4"/>
     <w:rsid w:val="000F7784"/>
     <w:rsid w:val="001009AF"/>
     <w:rsid w:val="0010305D"/>
     <w:rsid w:val="001065DA"/>
     <w:rsid w:val="001109B0"/>
     <w:rsid w:val="001145CC"/>
     <w:rsid w:val="00120A17"/>
     <w:rsid w:val="001223A6"/>
     <w:rsid w:val="00124FD4"/>
     <w:rsid w:val="00125E54"/>
     <w:rsid w:val="00126CFC"/>
     <w:rsid w:val="001315F5"/>
     <w:rsid w:val="001330DF"/>
     <w:rsid w:val="00133A54"/>
     <w:rsid w:val="001345B2"/>
     <w:rsid w:val="00140AA5"/>
     <w:rsid w:val="00141555"/>
     <w:rsid w:val="00141780"/>
     <w:rsid w:val="00142953"/>
     <w:rsid w:val="0014418A"/>
+    <w:rsid w:val="00144EF8"/>
     <w:rsid w:val="00150680"/>
     <w:rsid w:val="00150B84"/>
     <w:rsid w:val="001608C1"/>
     <w:rsid w:val="00160A53"/>
     <w:rsid w:val="00162B5F"/>
     <w:rsid w:val="0016315E"/>
     <w:rsid w:val="00164065"/>
     <w:rsid w:val="00167285"/>
     <w:rsid w:val="001678E8"/>
     <w:rsid w:val="0017221B"/>
     <w:rsid w:val="00173E17"/>
     <w:rsid w:val="001807AF"/>
     <w:rsid w:val="001816FC"/>
     <w:rsid w:val="00183678"/>
     <w:rsid w:val="0018432F"/>
     <w:rsid w:val="00185DE8"/>
     <w:rsid w:val="00186BD9"/>
     <w:rsid w:val="0019322D"/>
     <w:rsid w:val="00195B95"/>
     <w:rsid w:val="001965C0"/>
     <w:rsid w:val="001A164E"/>
     <w:rsid w:val="001A3D09"/>
     <w:rsid w:val="001A415E"/>
     <w:rsid w:val="001B1296"/>
     <w:rsid w:val="001B1AB4"/>
@@ -7220,50 +7256,51 @@
     <w:rsid w:val="00367D70"/>
     <w:rsid w:val="003708F7"/>
     <w:rsid w:val="003709F4"/>
     <w:rsid w:val="0037107F"/>
     <w:rsid w:val="00375173"/>
     <w:rsid w:val="00377123"/>
     <w:rsid w:val="0038043E"/>
     <w:rsid w:val="003814DA"/>
     <w:rsid w:val="0038469A"/>
     <w:rsid w:val="0038520C"/>
     <w:rsid w:val="00391E14"/>
     <w:rsid w:val="00394013"/>
     <w:rsid w:val="003940CA"/>
     <w:rsid w:val="00394ACD"/>
     <w:rsid w:val="00394C50"/>
     <w:rsid w:val="00395BAA"/>
     <w:rsid w:val="00396191"/>
     <w:rsid w:val="00397C5D"/>
     <w:rsid w:val="003A10E5"/>
     <w:rsid w:val="003A182B"/>
     <w:rsid w:val="003A2A00"/>
     <w:rsid w:val="003A4BB5"/>
     <w:rsid w:val="003A4F20"/>
     <w:rsid w:val="003A508E"/>
     <w:rsid w:val="003A7977"/>
+    <w:rsid w:val="003B2C0F"/>
     <w:rsid w:val="003B3C28"/>
     <w:rsid w:val="003B447E"/>
     <w:rsid w:val="003C2BC5"/>
     <w:rsid w:val="003C3F09"/>
     <w:rsid w:val="003C4488"/>
     <w:rsid w:val="003D0813"/>
     <w:rsid w:val="003D41E5"/>
     <w:rsid w:val="003D615F"/>
     <w:rsid w:val="003E3B71"/>
     <w:rsid w:val="003E79DA"/>
     <w:rsid w:val="003E7AE2"/>
     <w:rsid w:val="003F23E1"/>
     <w:rsid w:val="003F3351"/>
     <w:rsid w:val="00401A2B"/>
     <w:rsid w:val="0040209F"/>
     <w:rsid w:val="00402BC6"/>
     <w:rsid w:val="00414F14"/>
     <w:rsid w:val="0041696A"/>
     <w:rsid w:val="00422669"/>
     <w:rsid w:val="00423623"/>
     <w:rsid w:val="004238DA"/>
     <w:rsid w:val="004242F9"/>
     <w:rsid w:val="00440AAC"/>
     <w:rsid w:val="00444615"/>
     <w:rsid w:val="00445176"/>
@@ -7460,53 +7497,55 @@
     <w:rsid w:val="00761253"/>
     <w:rsid w:val="007614F5"/>
     <w:rsid w:val="007634F5"/>
     <w:rsid w:val="0076399D"/>
     <w:rsid w:val="00763D3C"/>
     <w:rsid w:val="00765787"/>
     <w:rsid w:val="00765FAB"/>
     <w:rsid w:val="007663C1"/>
     <w:rsid w:val="00770362"/>
     <w:rsid w:val="00772442"/>
     <w:rsid w:val="0077622C"/>
     <w:rsid w:val="007818CC"/>
     <w:rsid w:val="00783B40"/>
     <w:rsid w:val="00784765"/>
     <w:rsid w:val="007854E6"/>
     <w:rsid w:val="00786481"/>
     <w:rsid w:val="0079207A"/>
     <w:rsid w:val="00795267"/>
     <w:rsid w:val="007A0597"/>
     <w:rsid w:val="007A13ED"/>
     <w:rsid w:val="007A5692"/>
     <w:rsid w:val="007B04F2"/>
     <w:rsid w:val="007B3102"/>
     <w:rsid w:val="007B3792"/>
     <w:rsid w:val="007B5195"/>
+    <w:rsid w:val="007C0446"/>
     <w:rsid w:val="007C654B"/>
     <w:rsid w:val="007D0C44"/>
     <w:rsid w:val="007D5408"/>
+    <w:rsid w:val="007D5EEB"/>
     <w:rsid w:val="007E0C8B"/>
     <w:rsid w:val="007E1D23"/>
     <w:rsid w:val="007E3D05"/>
     <w:rsid w:val="007E3F83"/>
     <w:rsid w:val="007E5755"/>
     <w:rsid w:val="007E5B2C"/>
     <w:rsid w:val="007E61F1"/>
     <w:rsid w:val="007E7478"/>
     <w:rsid w:val="007F10A0"/>
     <w:rsid w:val="007F5179"/>
     <w:rsid w:val="007F6097"/>
     <w:rsid w:val="007F6B9A"/>
     <w:rsid w:val="007F716D"/>
     <w:rsid w:val="00803DA4"/>
     <w:rsid w:val="0080522B"/>
     <w:rsid w:val="00805D61"/>
     <w:rsid w:val="00805D8F"/>
     <w:rsid w:val="00810A9E"/>
     <w:rsid w:val="00812614"/>
     <w:rsid w:val="008165A8"/>
     <w:rsid w:val="00822316"/>
     <w:rsid w:val="0082377A"/>
     <w:rsid w:val="0082429B"/>
     <w:rsid w:val="00824FD0"/>
     <w:rsid w:val="00825F8F"/>
@@ -7818,50 +7857,51 @@
     <w:rsid w:val="00CD6975"/>
     <w:rsid w:val="00CE3F98"/>
     <w:rsid w:val="00CE76C7"/>
     <w:rsid w:val="00D02632"/>
     <w:rsid w:val="00D02ED1"/>
     <w:rsid w:val="00D129C3"/>
     <w:rsid w:val="00D205A6"/>
     <w:rsid w:val="00D20FBE"/>
     <w:rsid w:val="00D233BC"/>
     <w:rsid w:val="00D23F39"/>
     <w:rsid w:val="00D24E62"/>
     <w:rsid w:val="00D25514"/>
     <w:rsid w:val="00D25EFB"/>
     <w:rsid w:val="00D371F0"/>
     <w:rsid w:val="00D50EDE"/>
     <w:rsid w:val="00D51AE5"/>
     <w:rsid w:val="00D520E0"/>
     <w:rsid w:val="00D60D67"/>
     <w:rsid w:val="00D62754"/>
     <w:rsid w:val="00D62D1F"/>
     <w:rsid w:val="00D63EE0"/>
     <w:rsid w:val="00D6400A"/>
     <w:rsid w:val="00D64314"/>
     <w:rsid w:val="00D647F5"/>
     <w:rsid w:val="00D65457"/>
+    <w:rsid w:val="00D67A9A"/>
     <w:rsid w:val="00D7033D"/>
     <w:rsid w:val="00D71F56"/>
     <w:rsid w:val="00D75DC5"/>
     <w:rsid w:val="00D76F99"/>
     <w:rsid w:val="00D774FB"/>
     <w:rsid w:val="00D80227"/>
     <w:rsid w:val="00D813F5"/>
     <w:rsid w:val="00D81BDB"/>
     <w:rsid w:val="00D83C8D"/>
     <w:rsid w:val="00D83ECE"/>
     <w:rsid w:val="00D86EF9"/>
     <w:rsid w:val="00D8744C"/>
     <w:rsid w:val="00D90021"/>
     <w:rsid w:val="00D913BF"/>
     <w:rsid w:val="00D930B3"/>
     <w:rsid w:val="00DA57D1"/>
     <w:rsid w:val="00DB1168"/>
     <w:rsid w:val="00DB1931"/>
     <w:rsid w:val="00DB3B30"/>
     <w:rsid w:val="00DB6D10"/>
     <w:rsid w:val="00DC22FB"/>
     <w:rsid w:val="00DC39C2"/>
     <w:rsid w:val="00DC3B1F"/>
     <w:rsid w:val="00DC4D7A"/>
     <w:rsid w:val="00DC5C92"/>
@@ -7909,50 +7949,51 @@
     <w:rsid w:val="00E71982"/>
     <w:rsid w:val="00E74AA1"/>
     <w:rsid w:val="00E76814"/>
     <w:rsid w:val="00E8116D"/>
     <w:rsid w:val="00E812AD"/>
     <w:rsid w:val="00E81520"/>
     <w:rsid w:val="00E833EE"/>
     <w:rsid w:val="00E835CB"/>
     <w:rsid w:val="00E85057"/>
     <w:rsid w:val="00E8579A"/>
     <w:rsid w:val="00E86ECF"/>
     <w:rsid w:val="00E90623"/>
     <w:rsid w:val="00E90F40"/>
     <w:rsid w:val="00E9345E"/>
     <w:rsid w:val="00E9460B"/>
     <w:rsid w:val="00E97473"/>
     <w:rsid w:val="00EA2B1C"/>
     <w:rsid w:val="00EB1998"/>
     <w:rsid w:val="00EB55D7"/>
     <w:rsid w:val="00EC1B48"/>
     <w:rsid w:val="00EC42A8"/>
     <w:rsid w:val="00EC493A"/>
     <w:rsid w:val="00EC6B1D"/>
     <w:rsid w:val="00ED02A1"/>
     <w:rsid w:val="00ED0B90"/>
+    <w:rsid w:val="00ED3ED8"/>
     <w:rsid w:val="00EE03EF"/>
     <w:rsid w:val="00EF08E7"/>
     <w:rsid w:val="00EF3041"/>
     <w:rsid w:val="00EF4615"/>
     <w:rsid w:val="00EF5D56"/>
     <w:rsid w:val="00EF5FA3"/>
     <w:rsid w:val="00EF6676"/>
     <w:rsid w:val="00EF6A98"/>
     <w:rsid w:val="00EF6F36"/>
     <w:rsid w:val="00EF70B5"/>
     <w:rsid w:val="00EF71F5"/>
     <w:rsid w:val="00F02B7C"/>
     <w:rsid w:val="00F036F1"/>
     <w:rsid w:val="00F115FD"/>
     <w:rsid w:val="00F12F2D"/>
     <w:rsid w:val="00F133C0"/>
     <w:rsid w:val="00F17D48"/>
     <w:rsid w:val="00F23FE7"/>
     <w:rsid w:val="00F24200"/>
     <w:rsid w:val="00F30202"/>
     <w:rsid w:val="00F31507"/>
     <w:rsid w:val="00F32715"/>
     <w:rsid w:val="00F32C32"/>
     <w:rsid w:val="00F37129"/>
     <w:rsid w:val="00F3761F"/>
@@ -7998,51 +8039,51 @@
     <w:rsid w:val="00FD35DE"/>
     <w:rsid w:val="00FE11F1"/>
     <w:rsid w:val="00FE1C8F"/>
     <w:rsid w:val="00FE7D03"/>
     <w:rsid w:val="00FF44C3"/>
     <w:rsid w:val="00FF6E63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D3C0458"/>
   <w15:docId w15:val="{D3727D81-7B2C-43B0-B3EC-A241CCB43CEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CA" w:eastAsia="fr-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -9220,65 +9261,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba389f1cf6a8bd45b598dc12140774dc" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="8aabb67c76b52066bc42c12ff2dd6947">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ea4195b1c36e97c99d2ba593e55c501" ns2:_="" ns3:_="">
     <xsd:import namespace="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <xsd:import namespace="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9473,144 +9510,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0d92f56c-7019-4176-a99a-4a6f75ef270c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="51c55d67-e85e-49a9-b476-a08c3bd3f696" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5AF45AC-3846-4B5E-B02C-D4EA66F64CDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16A24177-9718-44B9-95E2-4F90152A228C}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3AFD9C7-2E8C-4591-9DB9-43F03BC608C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFEE3200-CC69-404D-A56C-7886478A436F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88A0640E-F8EF-DC42-8F81-B4C05A29FF6C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>274</Words>
-  <Characters>1512</Characters>
+  <Words>292</Words>
+  <Characters>1494</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>106</Lines>
+  <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Série</vt:lpstr>
       <vt:lpstr>Série</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ouellet Canada inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1783</CharactersWithSpaces>
+  <CharactersWithSpaces>1709</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1048634</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@ouellet.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>