--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1217,84 +1217,116 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> only</w:t>
       </w:r>
       <w:r w:rsidR="009F581C" w:rsidRPr="00747387">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00747387">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33316FEC" w14:textId="46E7CA9D" w:rsidR="000F62E4" w:rsidRPr="00C366D4" w:rsidRDefault="00787B1B" w:rsidP="00787B1B">
+    <w:p w14:paraId="33316FEC" w14:textId="03C2F8C0" w:rsidR="000F62E4" w:rsidRPr="00C366D4" w:rsidRDefault="00787B1B" w:rsidP="00787B1B">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="3402" w:hanging="162"/>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Minimum installation temperature: </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Minimum installation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009F581C">
+          <w:rStyle w:val="BookmanOldStyle"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>temperature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="BookmanOldStyle"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A330DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0 °C (3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00758" w:rsidRPr="00A330DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A330DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> °F)</w:t>
+      </w:r>
+      <w:r w:rsidR="009F581C" w:rsidRPr="00A330DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00783B40" w:rsidRPr="00C366D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC493A" w:rsidRPr="00C366D4">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B86918" w14:textId="77777777" w:rsidR="00787B1B" w:rsidRDefault="00787B1B" w:rsidP="00787B1B">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
@@ -1677,51 +1709,50 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2505"/>
         <w:gridCol w:w="2314"/>
         <w:gridCol w:w="2315"/>
         <w:gridCol w:w="2327"/>
         <w:gridCol w:w="1329"/>
       </w:tblGrid>
       <w:tr w:rsidR="00874355" w:rsidRPr="00A96ECD" w14:paraId="6EFC059F" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E138C17" w14:textId="4AA7E0CD" w:rsidR="00874355" w:rsidRPr="00CA077D" w:rsidRDefault="00D27046" w:rsidP="00A96ECD">
             <w:pPr>
               <w:pStyle w:val="BlocTexte1"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Product #</w:t>
             </w:r>
@@ -1832,51 +1863,50 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Qty</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00874355" w:rsidRPr="000A5D5B" w14:paraId="5AE7579A" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5570A483" w14:textId="77777777" w:rsidR="00874355" w:rsidRPr="000A5D5B" w:rsidRDefault="00874355" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2314" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D642A40" w14:textId="20524B18" w:rsidR="00874355" w:rsidRPr="000A5D5B" w:rsidRDefault="00594415" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
@@ -1946,51 +1976,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5191A157" w14:textId="77777777" w:rsidR="00874355" w:rsidRPr="000A5D5B" w:rsidRDefault="00874355" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="45BDD15B" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78189658" w14:textId="7A42DB34" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R020</w:t>
             </w:r>
           </w:p>
@@ -2088,51 +2117,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F038979" w14:textId="57D98352" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="22E67E4E" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E156734" w14:textId="44945792" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R030</w:t>
             </w:r>
           </w:p>
@@ -2230,51 +2258,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E8D0431" w14:textId="4E8FB801" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="4F94642C" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F883A24" w14:textId="62FBF757" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R060</w:t>
             </w:r>
           </w:p>
@@ -2372,51 +2399,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E4887F3" w14:textId="7A92E8AF" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="7C3D5756" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AD3BF3C" w14:textId="559A5CB8" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R080</w:t>
             </w:r>
           </w:p>
@@ -2514,51 +2540,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50698C6F" w14:textId="70F5781C" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="28015A05" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="584C765A" w14:textId="47E88FA9" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R100</w:t>
             </w:r>
           </w:p>
@@ -2656,51 +2681,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C58DC1E" w14:textId="140DB1CD" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="2FAF275E" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56E733AD" w14:textId="7C881B8D" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R120</w:t>
             </w:r>
           </w:p>
@@ -2798,51 +2822,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628F54A5" w14:textId="6C6AC10A" w:rsidR="005D5F06" w:rsidRPr="00D14BB6" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="6AB43B94" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0563DDC0" w14:textId="6D787262" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R140</w:t>
             </w:r>
           </w:p>
@@ -2940,51 +2963,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70E70B95" w14:textId="567C85FB" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="564F4B1B" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D860A6D" w14:textId="40C90A12" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R160</w:t>
             </w:r>
           </w:p>
@@ -3082,51 +3104,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B389F97" w14:textId="022CD703" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="48818363" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2CF1B44C" w14:textId="7B9420BD" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R180</w:t>
             </w:r>
           </w:p>
@@ -3224,51 +3245,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F1A631" w14:textId="0D4145FD" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="61CBBA65" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="027226DC" w14:textId="7CB8E872" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R200</w:t>
             </w:r>
           </w:p>
@@ -3358,51 +3378,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2C4E7B" w14:textId="1C26C1B9" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="39EF3ABB" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6FADDFB2" w14:textId="155D09C2" w:rsidR="00BD6B0D" w:rsidRPr="00D14BB6" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R240</w:t>
             </w:r>
           </w:p>
@@ -3718,51 +3737,51 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Qty</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00874355" w:rsidRPr="00E339A4" w14:paraId="0F6A8627" w14:textId="77777777" w:rsidTr="00775BB8">
+      <w:tr w:rsidR="00874355" w:rsidRPr="00A330DA" w14:paraId="0F6A8627" w14:textId="77777777" w:rsidTr="00775BB8">
         <w:trPr>
           <w:trHeight w:val="358"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2627" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54948258" w14:textId="2B606A4C" w:rsidR="00874355" w:rsidRPr="00D14BB6" w:rsidRDefault="001248CF" w:rsidP="00AD5D65">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001248CF">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>KIT-RF-CLIP</w:t>
@@ -3843,51 +3862,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AA53837" w14:textId="303863B8" w:rsidR="00874355" w:rsidRPr="001248CF" w:rsidRDefault="00874355" w:rsidP="00CC2C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001248CF" w:rsidRPr="00E339A4" w14:paraId="49A9CF89" w14:textId="77777777" w:rsidTr="00CC2BE3">
+      <w:tr w:rsidR="001248CF" w:rsidRPr="00A330DA" w14:paraId="49A9CF89" w14:textId="77777777" w:rsidTr="00CC2BE3">
         <w:trPr>
           <w:trHeight w:val="358"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2627" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7049DA08" w14:textId="11775F1D" w:rsidR="001248CF" w:rsidRPr="00D14BB6" w:rsidRDefault="001248CF" w:rsidP="00CC2BE3">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14BB6">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>RCR</w:t>
@@ -4518,58 +4537,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17E02A97" w14:textId="0DCE9D61" w:rsidR="000910AD" w:rsidRDefault="000910AD" w:rsidP="00BD6B0D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000910AD" w:rsidSect="00C452E6">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="806" w:left="720" w:header="720" w:footer="806" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E9E2BDD" w14:textId="77777777" w:rsidR="003F2D00" w:rsidRDefault="003F2D00">
+    <w:p w14:paraId="6EE9164E" w14:textId="77777777" w:rsidR="00780917" w:rsidRDefault="00780917">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1ADDF05F" w14:textId="77777777" w:rsidR="003F2D00" w:rsidRDefault="003F2D00">
+    <w:p w14:paraId="30AD9EFD" w14:textId="77777777" w:rsidR="00780917" w:rsidRDefault="00780917">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4600,79 +4619,79 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Regular">
-    <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0603030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CenturyGothic">
     <w:altName w:val="Gabriola"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
@@ -4795,58 +4814,58 @@
       <w:t xml:space="preserve"> • </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="13"/>
         </w:rPr>
         <w:t>www.ouellet.com</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="5CA60629" w14:textId="77777777" w:rsidR="00E812AD" w:rsidRDefault="00E812AD">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03A06863" w14:textId="77777777" w:rsidR="003F2D00" w:rsidRDefault="003F2D00">
+    <w:p w14:paraId="61B04DEF" w14:textId="77777777" w:rsidR="00780917" w:rsidRDefault="00780917">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A02B8A4" w14:textId="77777777" w:rsidR="003F2D00" w:rsidRDefault="003F2D00">
+    <w:p w14:paraId="0857B444" w14:textId="77777777" w:rsidR="00780917" w:rsidRDefault="00780917">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0E301B07" w14:textId="29F6FAC5" w:rsidR="00E812AD" w:rsidRDefault="0087245C" w:rsidP="00473C1A">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:spacing w:before="160" w:after="120"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -7196,63 +7215,63 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1763452269">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1090540276">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1041638548">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="777257626">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1129402146">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1797022264">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="706"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B387B"/>
     <w:rsid w:val="00000911"/>
     <w:rsid w:val="00002869"/>
     <w:rsid w:val="00010EBA"/>
     <w:rsid w:val="00012A9E"/>
     <w:rsid w:val="000163C1"/>
     <w:rsid w:val="00016DD8"/>
@@ -7705,50 +7724,51 @@
     <w:rsid w:val="0070780C"/>
     <w:rsid w:val="00707C08"/>
     <w:rsid w:val="00712CF1"/>
     <w:rsid w:val="0071792C"/>
     <w:rsid w:val="0072084E"/>
     <w:rsid w:val="00721410"/>
     <w:rsid w:val="007320A9"/>
     <w:rsid w:val="00741D8E"/>
     <w:rsid w:val="00742259"/>
     <w:rsid w:val="00744174"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747387"/>
     <w:rsid w:val="00756BC8"/>
     <w:rsid w:val="00760AB3"/>
     <w:rsid w:val="007611D1"/>
     <w:rsid w:val="00761253"/>
     <w:rsid w:val="007614F5"/>
     <w:rsid w:val="007634F5"/>
     <w:rsid w:val="0076399D"/>
     <w:rsid w:val="00763D3C"/>
     <w:rsid w:val="00765FAB"/>
     <w:rsid w:val="007663C1"/>
     <w:rsid w:val="00770362"/>
     <w:rsid w:val="00775BB8"/>
     <w:rsid w:val="0077622C"/>
+    <w:rsid w:val="00780917"/>
     <w:rsid w:val="007818CC"/>
     <w:rsid w:val="00783B40"/>
     <w:rsid w:val="00784765"/>
     <w:rsid w:val="00786481"/>
     <w:rsid w:val="00787B1B"/>
     <w:rsid w:val="0079207A"/>
     <w:rsid w:val="00795267"/>
     <w:rsid w:val="007A0597"/>
     <w:rsid w:val="007A13ED"/>
     <w:rsid w:val="007A5692"/>
     <w:rsid w:val="007B04F2"/>
     <w:rsid w:val="007B3102"/>
     <w:rsid w:val="007B5195"/>
     <w:rsid w:val="007C654B"/>
     <w:rsid w:val="007D0C44"/>
     <w:rsid w:val="007D5408"/>
     <w:rsid w:val="007E0C8B"/>
     <w:rsid w:val="007E1D23"/>
     <w:rsid w:val="007E3D05"/>
     <w:rsid w:val="007E3F83"/>
     <w:rsid w:val="007E5755"/>
     <w:rsid w:val="007E5B2C"/>
     <w:rsid w:val="007E61F1"/>
     <w:rsid w:val="007E7478"/>
     <w:rsid w:val="007F10A0"/>
@@ -7877,65 +7897,67 @@
     <w:rsid w:val="009B1EAE"/>
     <w:rsid w:val="009B2EAD"/>
     <w:rsid w:val="009B654C"/>
     <w:rsid w:val="009B6658"/>
     <w:rsid w:val="009B7418"/>
     <w:rsid w:val="009C47F7"/>
     <w:rsid w:val="009C5D28"/>
     <w:rsid w:val="009C7C97"/>
     <w:rsid w:val="009D1861"/>
     <w:rsid w:val="009D3BD6"/>
     <w:rsid w:val="009D532D"/>
     <w:rsid w:val="009D61C0"/>
     <w:rsid w:val="009E06E2"/>
     <w:rsid w:val="009E0ED5"/>
     <w:rsid w:val="009E1296"/>
     <w:rsid w:val="009E1DD0"/>
     <w:rsid w:val="009E29B6"/>
     <w:rsid w:val="009E32BB"/>
     <w:rsid w:val="009E4D65"/>
     <w:rsid w:val="009E5596"/>
     <w:rsid w:val="009F1DAC"/>
     <w:rsid w:val="009F4071"/>
     <w:rsid w:val="009F4146"/>
     <w:rsid w:val="009F481D"/>
     <w:rsid w:val="009F581C"/>
+    <w:rsid w:val="00A00758"/>
     <w:rsid w:val="00A01FE8"/>
     <w:rsid w:val="00A04E47"/>
     <w:rsid w:val="00A05E6F"/>
     <w:rsid w:val="00A06330"/>
     <w:rsid w:val="00A065F3"/>
     <w:rsid w:val="00A06DD9"/>
     <w:rsid w:val="00A13702"/>
     <w:rsid w:val="00A200DE"/>
     <w:rsid w:val="00A204E8"/>
     <w:rsid w:val="00A21413"/>
     <w:rsid w:val="00A21F90"/>
     <w:rsid w:val="00A22D44"/>
     <w:rsid w:val="00A24BC0"/>
     <w:rsid w:val="00A314D1"/>
     <w:rsid w:val="00A31876"/>
+    <w:rsid w:val="00A330DA"/>
     <w:rsid w:val="00A3330F"/>
     <w:rsid w:val="00A34022"/>
     <w:rsid w:val="00A35D6C"/>
     <w:rsid w:val="00A450F9"/>
     <w:rsid w:val="00A50D95"/>
     <w:rsid w:val="00A51485"/>
     <w:rsid w:val="00A525BE"/>
     <w:rsid w:val="00A53E5E"/>
     <w:rsid w:val="00A54C01"/>
     <w:rsid w:val="00A55CE6"/>
     <w:rsid w:val="00A62EC5"/>
     <w:rsid w:val="00A64607"/>
     <w:rsid w:val="00A646B3"/>
     <w:rsid w:val="00A64826"/>
     <w:rsid w:val="00A651A9"/>
     <w:rsid w:val="00A66D99"/>
     <w:rsid w:val="00A67012"/>
     <w:rsid w:val="00A724E4"/>
     <w:rsid w:val="00A738E7"/>
     <w:rsid w:val="00A73A8A"/>
     <w:rsid w:val="00A80F98"/>
     <w:rsid w:val="00A84C56"/>
     <w:rsid w:val="00A84C7F"/>
     <w:rsid w:val="00A85322"/>
     <w:rsid w:val="00A8620B"/>
@@ -8081,50 +8103,51 @@
     <w:rsid w:val="00D02737"/>
     <w:rsid w:val="00D02ED1"/>
     <w:rsid w:val="00D129C3"/>
     <w:rsid w:val="00D14BB6"/>
     <w:rsid w:val="00D205A6"/>
     <w:rsid w:val="00D20FBE"/>
     <w:rsid w:val="00D233BC"/>
     <w:rsid w:val="00D23F39"/>
     <w:rsid w:val="00D24E62"/>
     <w:rsid w:val="00D25514"/>
     <w:rsid w:val="00D25EFB"/>
     <w:rsid w:val="00D27046"/>
     <w:rsid w:val="00D371F0"/>
     <w:rsid w:val="00D413F0"/>
     <w:rsid w:val="00D50EDE"/>
     <w:rsid w:val="00D51AE5"/>
     <w:rsid w:val="00D520E0"/>
     <w:rsid w:val="00D60D67"/>
     <w:rsid w:val="00D62754"/>
     <w:rsid w:val="00D62D1F"/>
     <w:rsid w:val="00D63EE0"/>
     <w:rsid w:val="00D6400A"/>
     <w:rsid w:val="00D64314"/>
     <w:rsid w:val="00D647F5"/>
     <w:rsid w:val="00D65457"/>
+    <w:rsid w:val="00D67A9A"/>
     <w:rsid w:val="00D7033D"/>
     <w:rsid w:val="00D71F56"/>
     <w:rsid w:val="00D75DC5"/>
     <w:rsid w:val="00D76F99"/>
     <w:rsid w:val="00D774FB"/>
     <w:rsid w:val="00D80227"/>
     <w:rsid w:val="00D813F5"/>
     <w:rsid w:val="00D81BDB"/>
     <w:rsid w:val="00D83C8D"/>
     <w:rsid w:val="00D83ECE"/>
     <w:rsid w:val="00D86EF9"/>
     <w:rsid w:val="00D90021"/>
     <w:rsid w:val="00D913BF"/>
     <w:rsid w:val="00D930B3"/>
     <w:rsid w:val="00DA57D1"/>
     <w:rsid w:val="00DB1168"/>
     <w:rsid w:val="00DB3B30"/>
     <w:rsid w:val="00DB6D10"/>
     <w:rsid w:val="00DC22FB"/>
     <w:rsid w:val="00DC39C2"/>
     <w:rsid w:val="00DC3B1F"/>
     <w:rsid w:val="00DC471C"/>
     <w:rsid w:val="00DC4D7A"/>
     <w:rsid w:val="00DC5C92"/>
     <w:rsid w:val="00DD0F6B"/>
@@ -8147,50 +8170,51 @@
     <w:rsid w:val="00E16907"/>
     <w:rsid w:val="00E205CF"/>
     <w:rsid w:val="00E21117"/>
     <w:rsid w:val="00E2429B"/>
     <w:rsid w:val="00E258B0"/>
     <w:rsid w:val="00E26DC1"/>
     <w:rsid w:val="00E27731"/>
     <w:rsid w:val="00E30873"/>
     <w:rsid w:val="00E3318B"/>
     <w:rsid w:val="00E339A4"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E35625"/>
     <w:rsid w:val="00E36688"/>
     <w:rsid w:val="00E466BA"/>
     <w:rsid w:val="00E519F9"/>
     <w:rsid w:val="00E53E2F"/>
     <w:rsid w:val="00E57567"/>
     <w:rsid w:val="00E6001A"/>
     <w:rsid w:val="00E61399"/>
     <w:rsid w:val="00E6219E"/>
     <w:rsid w:val="00E6483D"/>
     <w:rsid w:val="00E676B3"/>
     <w:rsid w:val="00E67BC3"/>
     <w:rsid w:val="00E71982"/>
     <w:rsid w:val="00E74AA1"/>
+    <w:rsid w:val="00E7618C"/>
     <w:rsid w:val="00E76814"/>
     <w:rsid w:val="00E8116D"/>
     <w:rsid w:val="00E812AD"/>
     <w:rsid w:val="00E81520"/>
     <w:rsid w:val="00E833EE"/>
     <w:rsid w:val="00E835CB"/>
     <w:rsid w:val="00E85057"/>
     <w:rsid w:val="00E8579A"/>
     <w:rsid w:val="00E86ECF"/>
     <w:rsid w:val="00E90623"/>
     <w:rsid w:val="00E90F40"/>
     <w:rsid w:val="00E9345E"/>
     <w:rsid w:val="00E9460B"/>
     <w:rsid w:val="00E97473"/>
     <w:rsid w:val="00EA2B1C"/>
     <w:rsid w:val="00EB1998"/>
     <w:rsid w:val="00EB55D7"/>
     <w:rsid w:val="00EC1B48"/>
     <w:rsid w:val="00EC42A8"/>
     <w:rsid w:val="00EC493A"/>
     <w:rsid w:val="00EC6B1D"/>
     <w:rsid w:val="00ED02A1"/>
     <w:rsid w:val="00ED0B90"/>
     <w:rsid w:val="00EE03EF"/>
     <w:rsid w:val="00EF08E7"/>
@@ -8261,56 +8285,56 @@
     <w:rsid w:val="00FD0971"/>
     <w:rsid w:val="00FD35DE"/>
     <w:rsid w:val="00FE11F1"/>
     <w:rsid w:val="00FE1C8F"/>
     <w:rsid w:val="00FE7D03"/>
     <w:rsid w:val="00FF6E63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D3C0458"/>
   <w15:docId w15:val="{A9B29AEE-9857-41ED-9FF4-DBD2DD8CEE1B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CA" w:eastAsia="fr-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9497,52 +9521,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0d92f56c-7019-4176-a99a-4a6f75ef270c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="51c55d67-e85e-49a9-b476-a08c3bd3f696" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="97abceba3c9b8a5dbc5131261ea631a8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba389f1cf6a8bd45b598dc12140774dc" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="8aabb67c76b52066bc42c12ff2dd6947">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ea4195b1c36e97c99d2ba593e55c501" ns2:_="" ns3:_="">
     <xsd:import namespace="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <xsd:import namespace="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9765,105 +9789,105 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88A0640E-F8EF-DC42-8F81-B4C05A29FF6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{460777A9-01DB-4BD4-90C3-13390ED60D68}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47C0F717-7E61-4333-BC80-F2056D972AE0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0779E061-552D-4FDE-970D-1FACF6E7D104}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>228</Words>
-  <Characters>1308</Characters>
+  <Words>245</Words>
+  <Characters>1291</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Série</vt:lpstr>
       <vt:lpstr>Série</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ouellet Canada inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1533</CharactersWithSpaces>
+  <CharactersWithSpaces>1470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1048634</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@ouellet.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>