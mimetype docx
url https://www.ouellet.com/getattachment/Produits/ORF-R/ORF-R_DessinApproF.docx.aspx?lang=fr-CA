--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1089,149 +1089,150 @@
       <w:r w:rsidRPr="000C78C8">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> extérieures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> seulement.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5C92">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33316FEC" w14:textId="2D6E6E9C" w:rsidR="000F62E4" w:rsidRPr="00C366D4" w:rsidRDefault="00C366D4" w:rsidP="00C366D4">
+    <w:p w14:paraId="33316FEC" w14:textId="1B90752D" w:rsidR="000F62E4" w:rsidRPr="00C366D4" w:rsidRDefault="00C366D4" w:rsidP="00C366D4">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="3402" w:hanging="162"/>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Température minimale d’installation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00971FB3">
+        <w:t xml:space="preserve">Température minimale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5A5F">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>d’installation</w:t>
+      </w:r>
+      <w:r w:rsidR="00971FB3" w:rsidRPr="004F5A5F">
+        <w:rPr>
+          <w:rStyle w:val="BookmanOldStyle"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004F5A5F">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008A128A">
+      <w:r w:rsidRPr="004F5A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>°C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E" w:rsidRPr="004F5A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A128A">
+      <w:r w:rsidRPr="004F5A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>°C</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>°</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A128A">
+      <w:r w:rsidRPr="004F5A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F)</w:t>
       </w:r>
-      <w:r w:rsidR="00971FB3">
+      <w:r w:rsidR="00971FB3" w:rsidRPr="004F5A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00783B40" w:rsidRPr="00C366D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC493A" w:rsidRPr="00C366D4">
         <w:rPr>
           <w:rStyle w:val="BookmanOldStyle"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A9F7932" w14:textId="31E35F78" w:rsidR="009469A9" w:rsidRDefault="008A128A" w:rsidP="009469A9">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
@@ -1550,51 +1551,50 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2505"/>
         <w:gridCol w:w="2314"/>
         <w:gridCol w:w="2315"/>
         <w:gridCol w:w="2327"/>
         <w:gridCol w:w="1329"/>
       </w:tblGrid>
       <w:tr w:rsidR="00874355" w:rsidRPr="00A96ECD" w14:paraId="6EFC059F" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E138C17" w14:textId="5B74C8A7" w:rsidR="00874355" w:rsidRPr="00CA077D" w:rsidRDefault="00874355" w:rsidP="00A96ECD">
             <w:pPr>
               <w:pStyle w:val="BlocTexte1"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA077D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t># Produit</w:t>
             </w:r>
@@ -1695,51 +1695,50 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Qté</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00874355" w:rsidRPr="000A5D5B" w14:paraId="5AE7579A" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5570A483" w14:textId="77777777" w:rsidR="00874355" w:rsidRPr="000A5D5B" w:rsidRDefault="00874355" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2314" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D642A40" w14:textId="77777777" w:rsidR="00874355" w:rsidRPr="000A5D5B" w:rsidRDefault="00874355" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
@@ -1801,51 +1800,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5191A157" w14:textId="77777777" w:rsidR="00874355" w:rsidRPr="000A5D5B" w:rsidRDefault="00874355" w:rsidP="00CC1CA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="45BDD15B" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78189658" w14:textId="7A42DB34" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R020</w:t>
             </w:r>
           </w:p>
@@ -1943,51 +1941,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F038979" w14:textId="064EB12F" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="22E67E4E" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E156734" w14:textId="44945792" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R030</w:t>
             </w:r>
           </w:p>
@@ -2085,51 +2082,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E8D0431" w14:textId="13F00F26" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="4F94642C" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F883A24" w14:textId="62FBF757" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R060</w:t>
             </w:r>
           </w:p>
@@ -2227,51 +2223,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E4887F3" w14:textId="7B81EBAF" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="7C3D5756" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AD3BF3C" w14:textId="559A5CB8" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R080</w:t>
             </w:r>
           </w:p>
@@ -2369,51 +2364,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50698C6F" w14:textId="423B9255" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="28015A05" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="584C765A" w14:textId="47E88FA9" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R100</w:t>
             </w:r>
           </w:p>
@@ -2511,51 +2505,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C58DC1E" w14:textId="0269A72A" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5F06" w:rsidRPr="00A96ECD" w14:paraId="2FAF275E" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56E733AD" w14:textId="7C881B8D" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R120</w:t>
             </w:r>
           </w:p>
@@ -2653,51 +2646,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628F54A5" w14:textId="2A3EB965" w:rsidR="005D5F06" w:rsidRPr="00D16CE8" w:rsidRDefault="005D5F06" w:rsidP="005D5F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="6AB43B94" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0563DDC0" w14:textId="6D787262" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R140</w:t>
             </w:r>
           </w:p>
@@ -2795,51 +2787,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70E70B95" w14:textId="435B27F1" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="564F4B1B" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D860A6D" w14:textId="40C90A12" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R160</w:t>
             </w:r>
           </w:p>
@@ -2937,51 +2928,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B389F97" w14:textId="1B1827A3" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="48818363" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2CF1B44C" w14:textId="7B9420BD" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R180</w:t>
             </w:r>
           </w:p>
@@ -3079,51 +3069,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F1A631" w14:textId="08B55EF3" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="61CBBA65" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="027226DC" w14:textId="7CB8E872" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R200</w:t>
             </w:r>
           </w:p>
@@ -3213,51 +3202,50 @@
             <w:tcW w:w="1329" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2C4E7B" w14:textId="310855BD" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6B0D" w:rsidRPr="00A96ECD" w14:paraId="39EF3ABB" w14:textId="77777777" w:rsidTr="005577FF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6FADDFB2" w14:textId="155D09C2" w:rsidR="00BD6B0D" w:rsidRPr="00D16CE8" w:rsidRDefault="00BD6B0D" w:rsidP="00BD6B0D">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ORF-R240</w:t>
             </w:r>
           </w:p>
@@ -4378,65 +4366,65 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4565C0C4" w14:textId="77777777" w:rsidR="000A3D7D" w:rsidRDefault="000A3D7D" w:rsidP="000910AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000A3D7D" w:rsidSect="00C452E6">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="806" w:left="720" w:header="720" w:footer="806" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FD4EC0F" w14:textId="77777777" w:rsidR="00502046" w:rsidRDefault="00502046">
+    <w:p w14:paraId="6F0A58EE" w14:textId="77777777" w:rsidR="00502046" w:rsidRDefault="00502046">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34EC4470" w14:textId="77777777" w:rsidR="00502046" w:rsidRDefault="00502046">
+    <w:p w14:paraId="2D3E7B7E" w14:textId="77777777" w:rsidR="00502046" w:rsidRDefault="00502046">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="337ED6DC" w14:textId="77777777" w:rsidR="00C63790" w:rsidRDefault="00C63790"/>
+    <w:p w14:paraId="14094037" w14:textId="77777777" w:rsidR="00C63790" w:rsidRDefault="00C63790"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4463,70 +4451,70 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Regular">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0603030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -4585,51 +4573,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6972300" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:solidFill>
                           <a:srgbClr val="808080"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="46334B25" id="Line 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.95pt,5.05pt" to="544.05pt,5.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNfxvCwAEAAGkDAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO03aFWWJmu6hy3Ip&#10;UGmXB5jaTmJheyzbbdK3Z+x+wMINoUiWx/Ofn+fDWT1M1rCjClGja/l8VnOmnECpXd/y7y9P7+45&#10;iwmcBINOtfykIn9Yv32zGn2jFjigkSowgrjYjL7lQ0q+qaooBmUhztArR84Og4VEZugrGWAkujXV&#10;oq6X1YhB+oBCxUinj2cnXxd+1ymRvnVdVImZllNuqayhrPu8VusVNH0AP2hxSQP+IQsL2tGlN9Qj&#10;JGCHoP9CWS0CRuzSTKCtsOu0UKUGqmZe/1HN8wBelVqoOdHf2hT/H1Z8Pe4C07LlS84cWBrRVjvF&#10;5rkzo48NCTZuF3JtYnLPfoviR2QONwO4XpUMX06ewkpE9SokG9ETfz9+QUkaOCQsbZq6YDOSGsCm&#10;Mo3TbRpqSkzQ4fLjh8VdTUMTV18FzTXQh5g+K7Qsb1puKOcChuM2JkqdpFdJvsfhkzamDNs4NhL8&#10;7n1dAiIaLbMzy2Lo9xsT2BHoudzX+ct9INgrWcCDkwU2KJCfLvsE2pz3pDeOwq71nzu5R3nahYzL&#10;5zTPAr68vfxgfreL6tcfsv4JAAD//wMAUEsDBBQABgAIAAAAIQAuoc2i3AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI8xb8IwEIX3Sv0P1lXqBg4MUQhxEKqEkLo10IHtiK9JSmyntiHpv++hDu12&#10;997Tu++KzWR6cSMfOmcVLOYJCLK1051tFBwPu1kGIkS0GntnScE3BdiUjw8F5tqN9o1uVWwEl9iQ&#10;o4I2xiGXMtQtGQxzN5Bl78N5g5FX30jtceRy08tlkqTSYGf5QosDvbRUX6qrUTBWnzt837+mx/0J&#10;T+kBv5a1T5V6fpq2axCRpvgXhjs+o0PJTGd3tTqIXsFsteIk68kCxN1Psoyn868iy0L+/6D8AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1/G8LAAQAAaQMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC6hzaLcAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;GgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="gray" strokeweight=".5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -4661,51 +4649,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6972300" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:solidFill>
                           <a:srgbClr val="808080"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="043B5FC8" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.95pt,5.05pt" to="544.05pt,5.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGM7o0wQEAAGkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGztZ7XZrxdlDtttL&#10;2kba7Q+YALZRgUFAYuffdyAfu21vVWUJMczM4703ePkwWcMOKkSNruXzWc2ZcgKldn3Lf7w8fbjn&#10;LCZwEgw61fKjivxh9f7dcvSNWuCARqrACMTFZvQtH1LyTVVFMSgLcYZeOUp2GCwkCkNfyQAjoVtT&#10;Ler6rhoxSB9QqBjp9PGU5KuC33VKpO9dF1VipuXELZU1lHWX12q1hKYP4ActzjTgH1hY0I4uvUI9&#10;QgK2D/ovKKtFwIhdmgm0FXadFqpoIDXz+g81zwN4VbSQOdFfbYr/D1Z8O2wD07Llt5w5sDSijXaK&#10;LbIzo48NFazdNmRtYnLPfoPiZ2QO1wO4XhWGL0dPbfPcUf3WkoPoCX83fkVJNbBPWGyaumAzJBnA&#10;pjKN43UaakpM0OHdp4+Lm5qGJi65CppLow8xfVFoWd603BDnAgyHTUyZCDSXknyPwydtTBm2cWwk&#10;8JvbujRENFrmZC6Lod+tTWAHoOdyX+evqKLM27KAeycL2KBAfj7vE2hz2tPlxp3NyPpPTu5QHrfh&#10;YhLNs7A8v738YN7Gpfv1D1n9AgAA//8DAFBLAwQUAAYACAAAACEALqHNotwAAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPMW/CMBCF90r9D9ZV6gYODFEIcRCqhJC6NdCB7YivSUpsp7Yh6b/voQ7t&#10;dvfe07vvis1kenEjHzpnFSzmCQiytdOdbRQcD7tZBiJEtBp7Z0nBNwXYlI8PBebajfaNblVsBJfY&#10;kKOCNsYhlzLULRkMczeQZe/DeYORV99I7XHkctPLZZKk0mBn+UKLA720VF+qq1EwVp87fN+/psf9&#10;CU/pAb+WtU+Ven6atmsQkab4F4Y7PqNDyUxnd7U6iF7BbLXiJOvJAsTdT7KMp/OvIstC/v+g/AEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDGM7o0wQEAAGkDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAuoc2i3AAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;ABsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="gray" strokeweight=".5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -4840,65 +4828,65 @@
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="14DF7C08" w14:textId="7F29D89E" w:rsidR="00E812AD" w:rsidRDefault="00E812AD" w:rsidP="0072084E">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="13"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5CA60629" w14:textId="77777777" w:rsidR="00E812AD" w:rsidRDefault="00E812AD">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77415885" w14:textId="77777777" w:rsidR="00502046" w:rsidRDefault="00502046">
+    <w:p w14:paraId="4DB7673E" w14:textId="77777777" w:rsidR="00502046" w:rsidRDefault="00502046">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61948F5B" w14:textId="77777777" w:rsidR="00502046" w:rsidRDefault="00502046">
+    <w:p w14:paraId="01A82787" w14:textId="77777777" w:rsidR="00502046" w:rsidRDefault="00502046">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0A1D61D6" w14:textId="77777777" w:rsidR="00C63790" w:rsidRDefault="00C63790"/>
+    <w:p w14:paraId="65A704B1" w14:textId="77777777" w:rsidR="00C63790" w:rsidRDefault="00C63790"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0E301B07" w14:textId="77777777" w:rsidR="00E812AD" w:rsidRDefault="0087245C" w:rsidP="00473C1A">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:spacing w:before="160" w:after="120"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10403D0C" wp14:editId="0B72B820">
@@ -4919,51 +4907,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6972300" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:solidFill>
                           <a:srgbClr val="808080"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="3FA9D909" id="Line 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.95pt,45.2pt" to="544.05pt,45.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOncB8wQEAAGkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadIuLEvUdA9dlkuB&#10;Srv8gKntJBa2x7LdJv33jN2PXeCGUCTL45l5fu+Ns7yfrGEHFaJG1/L5rOZMOYFSu77lP54f391x&#10;FhM4CQadavlRRX6/evtmOfpGLXBAI1VgBOJiM/qWDyn5pqqiGJSFOEOvHCU7DBYShaGvZICR0K2p&#10;FnV9W40YpA8oVIx0+nBK8lXB7zol0veuiyox03LilsoayrrLa7VaQtMH8IMWZxrwDywsaEeXXqEe&#10;IAHbB/0XlNUiYMQuzQTaCrtOC1U0kJp5/YeapwG8KlrInOivNsX/Byu+HbaBadlyGpQDSyPaaKfY&#10;++zM6GNDBWu3DVmbmNyT36D4GZnD9QCuV4Xh89FT2zx3VL+15CB6wt+NX1FSDewTFpumLtgMSQaw&#10;qUzjeJ2GmhITdHj76ePipqahiUuugubS6ENMXxRaljctN8S5AMNhE1MmAs2lJN/j8FEbU4ZtHBsJ&#10;/OZDXRoiGi1zMpfF0O/WJrAD0HO5q/NXVFHmdVnAvZMFbFAgP5/3CbQ57ely485mZP0nJ3coj9tw&#10;MYnmWVie315+MK/j0v3yh6x+AQAA//8DAFBLAwQUAAYACAAAACEAyTPNTt0AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqnFYqSEKdCSFUlbqTl0Ns2XpJAvA6224S/xxUH&#10;OM7OaOZtuZnNIC7kfG9ZwWqZgCBurO65VXDYbxcZCB+QNQ6WScE3edhUtzclFtpO/EqXOrQilrAv&#10;UEEXwlhI6ZuODPqlHYmj926dwRCla6V2OMVyM8h1kqTSYM9xocORnjtqPuuzUTDVH1t8272kh90R&#10;j+kev9aNS5W6v5ufHkEEmsNfGK74ER2qyHSyZ9ZeDAoWeR6TCvLkAcTVT7JsBeL0e5FVKf9/UP0A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjp3AfMEBAABpAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyTPNTt0AAAAJAQAADwAAAAAAAAAAAAAA&#10;AAAbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="gray" strokeweight=".5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -4992,51 +4980,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6972300" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:solidFill>
                           <a:srgbClr val="808080"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="02FF25AC" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.95pt,.2pt" to="544.05pt,.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFykxhwQEAAGkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc613bapKuvM7BaXpx&#10;W0tJf8AYWC8KMAiwd/3vO+CPpO2tilZCDDPzeO8Nu7gfrWEHFaJG1/LppOZMOYFSu13Lfz0/frrj&#10;LCZwEgw61fKjivx++fHDYvCNmmGPRqrACMTFZvAt71PyTVVF0SsLcYJeOUp2GCwkCsOukgEGQrem&#10;mtX1TTVgkD6gUDHS6cMpyZcFv+uUSD+7LqrETMuJWyprKOs2r9VyAc0ugO+1ONOA/2BhQTu69Ar1&#10;AAnYPuh/oKwWASN2aSLQVth1WqiigdRM67/UPPXgVdFC5kR/tSm+H6z4cdgEpmXLbzlzYGlEa+0U&#10;m2dnBh8bKli5TcjaxOie/BrFS2QOVz24nSoMn4+e2qa5o/qjJQfRE/52+I6SamCfsNg0dsFmSDKA&#10;jWUax+s01JiYoMObL7ezeU1DE5dcBc2l0YeYvim0LG9abohzAYbDOqZMBJpLSb7H4aM2pgzbODYQ&#10;+PxzXRoiGi1zMpfFsNuuTGAHoOdyV+evqKLM27KAeycLWK9Afj3vE2hz2tPlxp3NyPpPTm5RHjfh&#10;YhLNs7A8v738YN7Gpfv1D1n+BgAA//8DAFBLAwQUAAYACAAAACEAEYIJINkAAAAFAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3FqnFYrSEKdCSFUlbqTtobdtvCSBeB1stwl/j3OC&#10;42hGb16xnUwvbuR8Z1nBapmAIK6t7rhRcDzsFhkIH5A19pZJwQ952Jb3dwXm2o78TrcqNCJC2Oeo&#10;oA1hyKX0dUsG/dIOxLH7sM5giNE1UjscI9z0cp0kqTTYcXxocaDXluqv6moUjNXnDk/7t/S4P+M5&#10;PeD3unapUo8P08sziEBT+BvDrB/VoYxOF3tl7UWvYLHZxKWCJxBzm2TZCsRlzrIs5H/78hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCFykxhwQEAAGkDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQARggkg2QAAAAUBAAAPAAAAAAAAAAAAAAAAABsE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;" strokecolor="gray" strokeweight=".5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -7011,63 +6999,62 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="556278579">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1609971960">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="310058556">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1981182349">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="883254648">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="160"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="706"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B387B"/>
     <w:rsid w:val="00000911"/>
     <w:rsid w:val="00002869"/>
     <w:rsid w:val="00010EBA"/>
     <w:rsid w:val="00012A9E"/>
@@ -7239,50 +7226,51 @@
     <w:rsid w:val="00247C08"/>
     <w:rsid w:val="0025537D"/>
     <w:rsid w:val="002566C0"/>
     <w:rsid w:val="002577FE"/>
     <w:rsid w:val="00260199"/>
     <w:rsid w:val="00262817"/>
     <w:rsid w:val="00270099"/>
     <w:rsid w:val="00270349"/>
     <w:rsid w:val="00271F40"/>
     <w:rsid w:val="00277B53"/>
     <w:rsid w:val="00282008"/>
     <w:rsid w:val="002936AE"/>
     <w:rsid w:val="002957F9"/>
     <w:rsid w:val="002A1C09"/>
     <w:rsid w:val="002A74BA"/>
     <w:rsid w:val="002A7B98"/>
     <w:rsid w:val="002B1A4E"/>
     <w:rsid w:val="002B694A"/>
     <w:rsid w:val="002B76CC"/>
     <w:rsid w:val="002C093D"/>
     <w:rsid w:val="002C5D94"/>
     <w:rsid w:val="002D0628"/>
     <w:rsid w:val="002D0FE7"/>
     <w:rsid w:val="002D166D"/>
     <w:rsid w:val="002D4037"/>
+    <w:rsid w:val="002D6956"/>
     <w:rsid w:val="002E3ABE"/>
     <w:rsid w:val="002E3D98"/>
     <w:rsid w:val="002E4912"/>
     <w:rsid w:val="002E6972"/>
     <w:rsid w:val="002F1699"/>
     <w:rsid w:val="002F2111"/>
     <w:rsid w:val="002F38D8"/>
     <w:rsid w:val="002F4B4E"/>
     <w:rsid w:val="002F4CC0"/>
     <w:rsid w:val="002F5318"/>
     <w:rsid w:val="002F6408"/>
     <w:rsid w:val="0030496C"/>
     <w:rsid w:val="00306702"/>
     <w:rsid w:val="003069F8"/>
     <w:rsid w:val="0030776C"/>
     <w:rsid w:val="00312F22"/>
     <w:rsid w:val="003136E1"/>
     <w:rsid w:val="00314967"/>
     <w:rsid w:val="0031566F"/>
     <w:rsid w:val="0032316E"/>
     <w:rsid w:val="00324051"/>
     <w:rsid w:val="003254D6"/>
     <w:rsid w:val="003409CD"/>
     <w:rsid w:val="00342837"/>
     <w:rsid w:val="003509A4"/>
@@ -7357,50 +7345,51 @@
     <w:rsid w:val="004819C0"/>
     <w:rsid w:val="00482B68"/>
     <w:rsid w:val="00490465"/>
     <w:rsid w:val="004920C0"/>
     <w:rsid w:val="00495783"/>
     <w:rsid w:val="004968B5"/>
     <w:rsid w:val="00496FDC"/>
     <w:rsid w:val="00497BD8"/>
     <w:rsid w:val="004A1DC9"/>
     <w:rsid w:val="004A2AFD"/>
     <w:rsid w:val="004A2C93"/>
     <w:rsid w:val="004A583C"/>
     <w:rsid w:val="004B02F9"/>
     <w:rsid w:val="004B08E0"/>
     <w:rsid w:val="004C5441"/>
     <w:rsid w:val="004D3264"/>
     <w:rsid w:val="004D37DD"/>
     <w:rsid w:val="004D6745"/>
     <w:rsid w:val="004D7E9A"/>
     <w:rsid w:val="004E148A"/>
     <w:rsid w:val="004E58DD"/>
     <w:rsid w:val="004E7246"/>
     <w:rsid w:val="004E7420"/>
     <w:rsid w:val="004F408B"/>
     <w:rsid w:val="004F41BF"/>
+    <w:rsid w:val="004F5A5F"/>
     <w:rsid w:val="004F6018"/>
     <w:rsid w:val="004F7780"/>
     <w:rsid w:val="00502046"/>
     <w:rsid w:val="00502611"/>
     <w:rsid w:val="00502BA2"/>
     <w:rsid w:val="00504E9A"/>
     <w:rsid w:val="005058D4"/>
     <w:rsid w:val="00507677"/>
     <w:rsid w:val="00507E52"/>
     <w:rsid w:val="00510EC9"/>
     <w:rsid w:val="00512377"/>
     <w:rsid w:val="00515BBA"/>
     <w:rsid w:val="00517CA4"/>
     <w:rsid w:val="00520907"/>
     <w:rsid w:val="005227A3"/>
     <w:rsid w:val="0052363D"/>
     <w:rsid w:val="00525CE9"/>
     <w:rsid w:val="00530AEA"/>
     <w:rsid w:val="00530DF1"/>
     <w:rsid w:val="00531A51"/>
     <w:rsid w:val="0053654A"/>
     <w:rsid w:val="00537A0A"/>
     <w:rsid w:val="00540C05"/>
     <w:rsid w:val="00541734"/>
     <w:rsid w:val="00544C68"/>
@@ -7476,74 +7465,76 @@
     <w:rsid w:val="00655969"/>
     <w:rsid w:val="0065683B"/>
     <w:rsid w:val="00661438"/>
     <w:rsid w:val="00661B7D"/>
     <w:rsid w:val="0066298E"/>
     <w:rsid w:val="006640DC"/>
     <w:rsid w:val="00667A4B"/>
     <w:rsid w:val="00673B8A"/>
     <w:rsid w:val="006742EB"/>
     <w:rsid w:val="00674E1D"/>
     <w:rsid w:val="00675325"/>
     <w:rsid w:val="00676507"/>
     <w:rsid w:val="0067652F"/>
     <w:rsid w:val="0068288E"/>
     <w:rsid w:val="00682EEE"/>
     <w:rsid w:val="006830D5"/>
     <w:rsid w:val="006836BF"/>
     <w:rsid w:val="00683DA1"/>
     <w:rsid w:val="0068661A"/>
     <w:rsid w:val="006918A5"/>
     <w:rsid w:val="006940B5"/>
     <w:rsid w:val="006959E3"/>
     <w:rsid w:val="006962FD"/>
     <w:rsid w:val="00696727"/>
     <w:rsid w:val="006A0076"/>
+    <w:rsid w:val="006A25D0"/>
     <w:rsid w:val="006A7AF8"/>
     <w:rsid w:val="006B1643"/>
     <w:rsid w:val="006B1F88"/>
     <w:rsid w:val="006B2AB0"/>
     <w:rsid w:val="006B555E"/>
     <w:rsid w:val="006B60EA"/>
     <w:rsid w:val="006C151D"/>
     <w:rsid w:val="006C392F"/>
     <w:rsid w:val="006D48C3"/>
     <w:rsid w:val="006D68BC"/>
     <w:rsid w:val="006E1E3F"/>
     <w:rsid w:val="006E218E"/>
     <w:rsid w:val="006E3178"/>
     <w:rsid w:val="006E4878"/>
     <w:rsid w:val="006F26C0"/>
     <w:rsid w:val="006F321F"/>
     <w:rsid w:val="006F4845"/>
     <w:rsid w:val="006F56F1"/>
     <w:rsid w:val="006F6FAE"/>
     <w:rsid w:val="0070266E"/>
     <w:rsid w:val="007035DE"/>
     <w:rsid w:val="00704737"/>
     <w:rsid w:val="0070780C"/>
     <w:rsid w:val="00707C08"/>
+    <w:rsid w:val="00710E28"/>
     <w:rsid w:val="00712CF1"/>
     <w:rsid w:val="0071792C"/>
     <w:rsid w:val="0072084E"/>
     <w:rsid w:val="00721410"/>
     <w:rsid w:val="007320A9"/>
     <w:rsid w:val="00740A17"/>
     <w:rsid w:val="00741D8E"/>
     <w:rsid w:val="00744174"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="007564D6"/>
     <w:rsid w:val="00756BC8"/>
     <w:rsid w:val="00760AB3"/>
     <w:rsid w:val="007611D1"/>
     <w:rsid w:val="00761253"/>
     <w:rsid w:val="007614F5"/>
     <w:rsid w:val="007634F5"/>
     <w:rsid w:val="0076399D"/>
     <w:rsid w:val="00763D3C"/>
     <w:rsid w:val="00765FAB"/>
     <w:rsid w:val="007663C1"/>
     <w:rsid w:val="00770362"/>
     <w:rsid w:val="0077622C"/>
     <w:rsid w:val="007818CC"/>
     <w:rsid w:val="00783B40"/>
     <w:rsid w:val="00784765"/>
@@ -7811,56 +7802,58 @@
     <w:rsid w:val="00B616BC"/>
     <w:rsid w:val="00B626F7"/>
     <w:rsid w:val="00B65C94"/>
     <w:rsid w:val="00B73E39"/>
     <w:rsid w:val="00B74F5B"/>
     <w:rsid w:val="00B77942"/>
     <w:rsid w:val="00B77B74"/>
     <w:rsid w:val="00B80198"/>
     <w:rsid w:val="00B85F30"/>
     <w:rsid w:val="00B85FE5"/>
     <w:rsid w:val="00B900E0"/>
     <w:rsid w:val="00B9183B"/>
     <w:rsid w:val="00B93934"/>
     <w:rsid w:val="00BA5C09"/>
     <w:rsid w:val="00BB55E8"/>
     <w:rsid w:val="00BC12C9"/>
     <w:rsid w:val="00BC1D1A"/>
     <w:rsid w:val="00BC4A3C"/>
     <w:rsid w:val="00BC57FB"/>
     <w:rsid w:val="00BC5B02"/>
     <w:rsid w:val="00BC6B62"/>
     <w:rsid w:val="00BD4FC7"/>
     <w:rsid w:val="00BD589A"/>
     <w:rsid w:val="00BD6333"/>
     <w:rsid w:val="00BD6B0D"/>
+    <w:rsid w:val="00BE375C"/>
     <w:rsid w:val="00BE48DD"/>
     <w:rsid w:val="00BE5FAA"/>
     <w:rsid w:val="00BF0137"/>
     <w:rsid w:val="00BF6161"/>
     <w:rsid w:val="00BF7EB0"/>
     <w:rsid w:val="00C00644"/>
+    <w:rsid w:val="00C0206E"/>
     <w:rsid w:val="00C13375"/>
     <w:rsid w:val="00C148DF"/>
     <w:rsid w:val="00C15529"/>
     <w:rsid w:val="00C17E99"/>
     <w:rsid w:val="00C2234A"/>
     <w:rsid w:val="00C27F62"/>
     <w:rsid w:val="00C33A88"/>
     <w:rsid w:val="00C366D4"/>
     <w:rsid w:val="00C41C7F"/>
     <w:rsid w:val="00C41DE1"/>
     <w:rsid w:val="00C42C27"/>
     <w:rsid w:val="00C452E6"/>
     <w:rsid w:val="00C537CC"/>
     <w:rsid w:val="00C62800"/>
     <w:rsid w:val="00C63148"/>
     <w:rsid w:val="00C63790"/>
     <w:rsid w:val="00C63A2B"/>
     <w:rsid w:val="00C67343"/>
     <w:rsid w:val="00C71118"/>
     <w:rsid w:val="00C71944"/>
     <w:rsid w:val="00C75916"/>
     <w:rsid w:val="00C76DD0"/>
     <w:rsid w:val="00C77BC0"/>
     <w:rsid w:val="00C77D19"/>
     <w:rsid w:val="00C80520"/>
@@ -7895,65 +7888,68 @@
     <w:rsid w:val="00D02632"/>
     <w:rsid w:val="00D02737"/>
     <w:rsid w:val="00D02ED1"/>
     <w:rsid w:val="00D129C3"/>
     <w:rsid w:val="00D16CE8"/>
     <w:rsid w:val="00D205A6"/>
     <w:rsid w:val="00D20FBE"/>
     <w:rsid w:val="00D233BC"/>
     <w:rsid w:val="00D23F39"/>
     <w:rsid w:val="00D24E62"/>
     <w:rsid w:val="00D25514"/>
     <w:rsid w:val="00D25EFB"/>
     <w:rsid w:val="00D371F0"/>
     <w:rsid w:val="00D413F0"/>
     <w:rsid w:val="00D50EDE"/>
     <w:rsid w:val="00D51AE5"/>
     <w:rsid w:val="00D520E0"/>
     <w:rsid w:val="00D60D67"/>
     <w:rsid w:val="00D62754"/>
     <w:rsid w:val="00D62D1F"/>
     <w:rsid w:val="00D63EE0"/>
     <w:rsid w:val="00D6400A"/>
     <w:rsid w:val="00D64314"/>
     <w:rsid w:val="00D647F5"/>
     <w:rsid w:val="00D65457"/>
+    <w:rsid w:val="00D67A9A"/>
     <w:rsid w:val="00D7033D"/>
     <w:rsid w:val="00D71F56"/>
     <w:rsid w:val="00D75DC5"/>
     <w:rsid w:val="00D76F99"/>
     <w:rsid w:val="00D774FB"/>
     <w:rsid w:val="00D80227"/>
     <w:rsid w:val="00D813F5"/>
     <w:rsid w:val="00D81BDB"/>
     <w:rsid w:val="00D83C8D"/>
     <w:rsid w:val="00D83ECE"/>
     <w:rsid w:val="00D86EF9"/>
+    <w:rsid w:val="00D87208"/>
     <w:rsid w:val="00D90021"/>
     <w:rsid w:val="00D913BF"/>
     <w:rsid w:val="00D930B3"/>
     <w:rsid w:val="00D95474"/>
+    <w:rsid w:val="00D977E5"/>
     <w:rsid w:val="00DA57D1"/>
     <w:rsid w:val="00DB1168"/>
     <w:rsid w:val="00DB3B30"/>
     <w:rsid w:val="00DB6D10"/>
     <w:rsid w:val="00DC22FB"/>
     <w:rsid w:val="00DC39C2"/>
     <w:rsid w:val="00DC3B1F"/>
     <w:rsid w:val="00DC471C"/>
     <w:rsid w:val="00DC4D7A"/>
     <w:rsid w:val="00DC5C92"/>
     <w:rsid w:val="00DD0F6B"/>
     <w:rsid w:val="00DD57D6"/>
     <w:rsid w:val="00DE1100"/>
     <w:rsid w:val="00DE2C4A"/>
     <w:rsid w:val="00DE2E0E"/>
     <w:rsid w:val="00DE624A"/>
     <w:rsid w:val="00DE6F85"/>
     <w:rsid w:val="00DE7F13"/>
     <w:rsid w:val="00DF09DD"/>
     <w:rsid w:val="00E01658"/>
     <w:rsid w:val="00E02106"/>
     <w:rsid w:val="00E0422E"/>
     <w:rsid w:val="00E04B83"/>
     <w:rsid w:val="00E04D24"/>
     <w:rsid w:val="00E144CA"/>
@@ -7969,50 +7965,51 @@
     <w:rsid w:val="00E30873"/>
     <w:rsid w:val="00E3318B"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E35625"/>
     <w:rsid w:val="00E36688"/>
     <w:rsid w:val="00E466BA"/>
     <w:rsid w:val="00E519F9"/>
     <w:rsid w:val="00E53E2F"/>
     <w:rsid w:val="00E57567"/>
     <w:rsid w:val="00E6001A"/>
     <w:rsid w:val="00E61399"/>
     <w:rsid w:val="00E6219E"/>
     <w:rsid w:val="00E6483D"/>
     <w:rsid w:val="00E676B3"/>
     <w:rsid w:val="00E67BC3"/>
     <w:rsid w:val="00E71982"/>
     <w:rsid w:val="00E74AA1"/>
     <w:rsid w:val="00E76814"/>
     <w:rsid w:val="00E8116D"/>
     <w:rsid w:val="00E812AD"/>
     <w:rsid w:val="00E81520"/>
     <w:rsid w:val="00E833EE"/>
     <w:rsid w:val="00E835CB"/>
     <w:rsid w:val="00E85057"/>
     <w:rsid w:val="00E8579A"/>
+    <w:rsid w:val="00E86A43"/>
     <w:rsid w:val="00E86ECF"/>
     <w:rsid w:val="00E90623"/>
     <w:rsid w:val="00E90F40"/>
     <w:rsid w:val="00E9345E"/>
     <w:rsid w:val="00E9460B"/>
     <w:rsid w:val="00E97473"/>
     <w:rsid w:val="00EA2B1C"/>
     <w:rsid w:val="00EB1998"/>
     <w:rsid w:val="00EB55D7"/>
     <w:rsid w:val="00EC1B48"/>
     <w:rsid w:val="00EC42A8"/>
     <w:rsid w:val="00EC493A"/>
     <w:rsid w:val="00EC6B1D"/>
     <w:rsid w:val="00ED02A1"/>
     <w:rsid w:val="00ED0B90"/>
     <w:rsid w:val="00ED1752"/>
     <w:rsid w:val="00EE03EF"/>
     <w:rsid w:val="00EF08E7"/>
     <w:rsid w:val="00EF1E87"/>
     <w:rsid w:val="00EF3041"/>
     <w:rsid w:val="00EF4615"/>
     <w:rsid w:val="00EF5D56"/>
     <w:rsid w:val="00EF5FA3"/>
     <w:rsid w:val="00EF6676"/>
     <w:rsid w:val="00EF6A98"/>
@@ -8054,70 +8051,71 @@
     <w:rsid w:val="00F91E55"/>
     <w:rsid w:val="00F92356"/>
     <w:rsid w:val="00F924E4"/>
     <w:rsid w:val="00F94373"/>
     <w:rsid w:val="00F94DCC"/>
     <w:rsid w:val="00F9565A"/>
     <w:rsid w:val="00FA01D6"/>
     <w:rsid w:val="00FA08EE"/>
     <w:rsid w:val="00FA3E93"/>
     <w:rsid w:val="00FA533B"/>
     <w:rsid w:val="00FA740A"/>
     <w:rsid w:val="00FA7D11"/>
     <w:rsid w:val="00FB2397"/>
     <w:rsid w:val="00FB2E99"/>
     <w:rsid w:val="00FB3877"/>
     <w:rsid w:val="00FB79B1"/>
     <w:rsid w:val="00FC2B6C"/>
     <w:rsid w:val="00FC47B7"/>
     <w:rsid w:val="00FC6FC6"/>
     <w:rsid w:val="00FD0971"/>
     <w:rsid w:val="00FD35DE"/>
     <w:rsid w:val="00FE11F1"/>
     <w:rsid w:val="00FE1C8F"/>
     <w:rsid w:val="00FE7D03"/>
     <w:rsid w:val="00FF6E63"/>
+    <w:rsid w:val="00FF79E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D3C0458"/>
   <w15:docId w15:val="{A9B29AEE-9857-41ED-9FF4-DBD2DD8CEE1B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CA" w:eastAsia="fr-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -9269,76 +9267,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0d92f56c-7019-4176-a99a-4a6f75ef270c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="51c55d67-e85e-49a9-b476-a08c3bd3f696" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="97abceba3c9b8a5dbc5131261ea631a8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba389f1cf6a8bd45b598dc12140774dc" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="8aabb67c76b52066bc42c12ff2dd6947">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ea4195b1c36e97c99d2ba593e55c501" ns2:_="" ns3:_="">
     <xsd:import namespace="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <xsd:import namespace="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9534,102 +9532,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC6EFF8-9095-4F49-8274-84BBC0DEBEB9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79CA269E-D259-499F-8325-2266194C8290}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88A0640E-F8EF-DC42-8F81-B4C05A29FF6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79CA269E-D259-499F-8325-2266194C8290}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC6EFF8-9095-4F49-8274-84BBC0DEBEB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
+    <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDF74F03-0CC6-40DA-B73F-4D473FCFC2E3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7343296D-9461-413B-9BAF-B2F85E930F23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>260</Words>
-  <Characters>1490</Characters>
+  <Words>269</Words>
+  <Characters>1481</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Série</vt:lpstr>
       <vt:lpstr>Série</vt:lpstr>