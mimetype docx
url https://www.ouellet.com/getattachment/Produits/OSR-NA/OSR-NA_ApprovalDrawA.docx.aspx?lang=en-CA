--- v0 (2025-12-05)
+++ v1 (2026-03-31)
@@ -1735,51 +1735,71 @@
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="3240" w:hanging="3240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3676A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Installation</w:t>
       </w:r>
       <w:r w:rsidR="00EC493A" w:rsidRPr="00A3676A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> temperature, min.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC493A" w:rsidRPr="00A3676A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>temperature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC493A" w:rsidRPr="00A3676A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>, min.</w:t>
       </w:r>
       <w:r w:rsidR="00C148DF" w:rsidRPr="00A3676A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C148DF" w:rsidRPr="00A3676A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C148DF" w:rsidRPr="00A3676A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2368,51 +2388,69 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00663F1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:tab/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00663F1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00573686" w:rsidRPr="00A3676A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>Zone1, AEx 60079-30-1 IIC T6 Gb</w:t>
+        <w:t xml:space="preserve">Zone1, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00573686" w:rsidRPr="00A3676A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>AEx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00573686" w:rsidRPr="00A3676A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60079-30-1 IIC T6 Gb</w:t>
       </w:r>
       <w:r w:rsidR="00303290" w:rsidRPr="00A3676A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F83073" w14:textId="7C6E591B" w:rsidR="00BF7F81" w:rsidRPr="00A3676A" w:rsidRDefault="00573686" w:rsidP="00BF7F81">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3420"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3676A">
@@ -3341,103 +3379,131 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>240</w:t>
             </w:r>
             <w:r w:rsidR="0043079B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D913BF" w:rsidRPr="00D811D0" w14:paraId="12CD0179" w14:textId="77777777" w:rsidTr="00D913BF">
+      <w:tr w:rsidR="00D913BF" w:rsidRPr="00925857" w14:paraId="12CD0179" w14:textId="77777777" w:rsidTr="00D913BF">
         <w:trPr>
           <w:trHeight w:val="216"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="112392D6" w14:textId="77777777" w:rsidR="008B79B5" w:rsidRPr="00035855" w:rsidRDefault="008B79B5" w:rsidP="004714DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t>Start-up temperature</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Start-up </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>temperature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CC4CDA6" w14:textId="77777777" w:rsidR="008B79B5" w:rsidRDefault="008B79B5" w:rsidP="004714DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t>CB capacity (A)</w:t>
+              <w:t xml:space="preserve">CB </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>capacity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45120BBB" w14:textId="77777777" w:rsidR="008B79B5" w:rsidRPr="00A06330" w:rsidRDefault="008B79B5" w:rsidP="004714DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06330">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
@@ -3466,76 +3532,104 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DCE736F" w14:textId="77777777" w:rsidR="008B79B5" w:rsidRDefault="008B79B5" w:rsidP="004714DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t>Start-up temperature</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Start-up </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>temperature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="042F58AC" w14:textId="77777777" w:rsidR="008B79B5" w:rsidRDefault="008B79B5" w:rsidP="004714DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t>CB capacity (A)</w:t>
+              <w:t xml:space="preserve">CB </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>capacity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27696ED1" w14:textId="77777777" w:rsidR="008B79B5" w:rsidRPr="00A06330" w:rsidRDefault="008B79B5" w:rsidP="004714DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06330">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
@@ -11159,103 +11253,131 @@
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DB037F5" w14:textId="2382FD8E" w:rsidR="00662A86" w:rsidRPr="00A3676A" w:rsidRDefault="00662A86" w:rsidP="000D74E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3676A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>277V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00662A86" w:rsidRPr="00D811D0" w14:paraId="07DF6046" w14:textId="22CE4821" w:rsidTr="000D74E4">
+      <w:tr w:rsidR="00662A86" w:rsidRPr="00CA55A9" w14:paraId="07DF6046" w14:textId="22CE4821" w:rsidTr="000D74E4">
         <w:trPr>
           <w:trHeight w:val="216"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B977E3B" w14:textId="77777777" w:rsidR="00662A86" w:rsidRPr="00035855" w:rsidRDefault="00662A86" w:rsidP="000D74E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t>Start-up temperature</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Start-up </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>temperature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DD282F6" w14:textId="77777777" w:rsidR="00662A86" w:rsidRDefault="00662A86" w:rsidP="000D74E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t>CB capacity (A)</w:t>
+              <w:t xml:space="preserve">CB </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>capacity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4241" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EB1EFA1" w14:textId="32AA9388" w:rsidR="00662A86" w:rsidRPr="00A3676A" w:rsidRDefault="00662A86" w:rsidP="000D74E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3676A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
@@ -15874,51 +15996,51 @@
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10858" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2764"/>
         <w:gridCol w:w="4819"/>
         <w:gridCol w:w="3275"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0099182D" w:rsidRPr="00D811D0" w14:paraId="24847FC5" w14:textId="77777777" w:rsidTr="00572911">
+      <w:tr w:rsidR="0099182D" w:rsidRPr="00CA55A9" w14:paraId="24847FC5" w14:textId="77777777" w:rsidTr="00572911">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D73AD06" w14:textId="77777777" w:rsidR="0099182D" w:rsidRPr="0099182D" w:rsidRDefault="0099182D" w:rsidP="0099182D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099182D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
@@ -16099,753 +16221,458 @@
             <w:tcW w:w="3275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E68E733" w14:textId="51659C27" w:rsidR="0099182D" w:rsidRPr="00B40054" w:rsidRDefault="00D46E5C" w:rsidP="00572911">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3676A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="371AD8FA" w14:textId="5250FCDB" w:rsidR="006E4DFD" w:rsidRPr="00DE7965" w:rsidRDefault="00927916" w:rsidP="006E4DFD">
+    <w:p w14:paraId="371AD8FA" w14:textId="77777777" w:rsidR="006E4DFD" w:rsidRPr="00F66BAF" w:rsidRDefault="00927916" w:rsidP="006E4DFD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00927916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="006E4DFD" w:rsidRPr="00DE7965">
+      <w:r w:rsidR="006E4DFD" w:rsidRPr="00F66BAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Due to the cable’s self-regulating properties, the power density </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F4B51" w:rsidRPr="00DE7965">
+        <w:t xml:space="preserve">Due to the cable’s self-regulating properties, the power density can reach up to 11W / ft (120V) and 13W / ft (240V) when buried in snow or ice: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C02CBF5" w14:textId="77777777" w:rsidR="0069648A" w:rsidRPr="00F66BAF" w:rsidRDefault="006E4DFD" w:rsidP="006E4DFD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">increases </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E4DFD" w:rsidRPr="00DE7965">
+      </w:pPr>
+      <w:r w:rsidRPr="00F66BAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>when</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F4B51" w:rsidRPr="00DE7965">
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F66BAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> exposed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E4DFD" w:rsidRPr="00DE7965">
+        <w:t>wet</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F66BAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> density".</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32574761" w14:textId="77777777" w:rsidR="006E4DFD" w:rsidRPr="00DE7965" w:rsidRDefault="006E4DFD" w:rsidP="006E4DFD">
+    <w:p w14:paraId="32574761" w14:textId="77777777" w:rsidR="006E4DFD" w:rsidRPr="006E4DFD" w:rsidRDefault="006E4DFD" w:rsidP="006E4DFD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-CA" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="595A11C1" w14:textId="3635006A" w:rsidR="00A73575" w:rsidRPr="00DE7965" w:rsidRDefault="007F53CA" w:rsidP="00A73575">
+    <w:p w14:paraId="595A11C1" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00106986" w:rsidRDefault="00A73575" w:rsidP="00A73575">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
           <w:tab w:val="left" w:pos="4605"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7965">
+      <w:r w:rsidRPr="00106986">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>Nominal</w:t>
-[...35 lines deleted...]
-        <w:t>when exposed to snow and ice</w:t>
+        <w:t>Cable heat output depending on the environment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F67F7D2" w14:textId="43BA19F7" w:rsidR="00A73575" w:rsidRPr="00D811D0" w:rsidRDefault="007F53CA" w:rsidP="00A73575">
-[...67 lines deleted...]
-    <w:p w14:paraId="029B23E9" w14:textId="7CE85A67" w:rsidR="00A73575" w:rsidRPr="00DE7965" w:rsidRDefault="00A73575" w:rsidP="00A73575">
+    <w:p w14:paraId="6F67F7D2" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00A73575" w:rsidRDefault="00A73575" w:rsidP="00A73575">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7965">
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>• 11W/ft. @ 50 °F (36W/m @ 10 °C)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007F53CA" w:rsidRPr="00DE7965">
+        <w:t>In Snow and Ice (120V cable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029B23E9" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00A73575" w:rsidRDefault="00A73575" w:rsidP="00A73575">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DE7965">
+        <w:t>• 11W/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0036389C" w:rsidRPr="00DE7965">
+        <w:t>ft. @</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE7965">
+        <w:t xml:space="preserve"> 50 °F (36W/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ry </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0036389C" w:rsidRPr="00DE7965">
+        <w:t>m @ 10 °C )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="14BD556C" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00A73575" w:rsidRDefault="00A73575" w:rsidP="00A73575">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE7965">
+      </w:pPr>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>ir</w:t>
+        <w:t>In Dry Air</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E82D76B" w14:textId="118F073F" w:rsidR="00A73575" w:rsidRPr="00DE7965" w:rsidRDefault="00A73575" w:rsidP="00A73575">
+    <w:p w14:paraId="3E82D76B" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00A73575" w:rsidRDefault="00A73575" w:rsidP="00A73575">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7965">
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>• 7W/ft. @ 50 °F (23W/m @ 10 °C)</w:t>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:t>• 7W/ft. @ 50 °F (23W/m @ 10 °</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>C )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7B9271D3" w14:textId="7562BFF0" w:rsidR="007F53CA" w:rsidRPr="00D811D0" w:rsidRDefault="007F53CA" w:rsidP="007F53CA">
-[...43 lines deleted...]
-    <w:p w14:paraId="3C8F03C8" w14:textId="4D36DBA3" w:rsidR="00A73575" w:rsidRPr="00DE7965" w:rsidRDefault="00A73575" w:rsidP="00A73575">
+    <w:p w14:paraId="3C8F03C8" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00A73575" w:rsidRDefault="00A73575" w:rsidP="00A73575">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7965">
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0036389C" w:rsidRPr="00DE7965">
+        <w:t>In Snow and Ice (240/208V cable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5590D650" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00A73575" w:rsidRDefault="00A73575" w:rsidP="00A73575">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE7965">
+      </w:pPr>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">now and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0036389C" w:rsidRPr="00DE7965">
+        <w:t>• 13W/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE7965">
+        <w:t>ft. @</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ce </w:t>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:t xml:space="preserve"> 50 °F (42W/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DE7965">
+        <w:t>m @ 10 °C )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="307A9FEB" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00A73575" w:rsidRDefault="00A73575" w:rsidP="00A73575">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>• 13W/ft.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0036389C" w:rsidRPr="00DE7965">
+      </w:pPr>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE7965">
+        <w:t>In Dry Air</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B55C094" w14:textId="77777777" w:rsidR="00A73575" w:rsidRPr="00A73575" w:rsidRDefault="00A73575" w:rsidP="00A73575">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>@ 50 °F (42W/m @ 10 °C)</w:t>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:t>• 8W/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DE7965">
+        <w:t>ft. @</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0036389C" w:rsidRPr="00DE7965">
+        <w:t xml:space="preserve"> 50 °F (26W/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A73575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...80 lines deleted...]
-        <w:t>@</w:t>
+        <w:t>m @ 10 °C )</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DE7965">
-[...50 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="53C9CF2C" w14:textId="77777777" w:rsidR="00A73575" w:rsidRDefault="00A73575" w:rsidP="00CD4CC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
           <w:tab w:val="center" w:pos="5400"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="001DA9EC" w14:textId="77777777" w:rsidR="00F02B7C" w:rsidRPr="00C33A88" w:rsidRDefault="00162B5F" w:rsidP="00CD4CC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
           <w:tab w:val="center" w:pos="5400"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -19787,92 +19614,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F12DA2C" w14:textId="77777777" w:rsidR="0044138E" w:rsidRPr="0044138E" w:rsidRDefault="0044138E" w:rsidP="0068437C">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="60"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009005BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009005BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00356A2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Outer jacket/Mechanical shield.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">  AO Alumin</w:t>
       </w:r>
       <w:r w:rsidRPr="009005BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
@@ -20251,50 +20080,69 @@
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7536A5A6" w14:textId="77777777" w:rsidR="008814E1" w:rsidRDefault="00BE344D" w:rsidP="00081C5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107C89C1" w14:textId="77777777" w:rsidR="008814E1" w:rsidRDefault="008814E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0563C6" w14:textId="4C7DC85E" w:rsidR="00A55CE6" w:rsidRPr="00C33A88" w:rsidRDefault="00B505C7" w:rsidP="00081C5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Options</w:t>
       </w:r>
@@ -20429,51 +20277,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33A88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Qt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007350B3" w:rsidRPr="00D811D0" w14:paraId="26E3A78F" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="007350B3" w:rsidRPr="00255A77" w14:paraId="26E3A78F" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682ED2C7" w14:textId="77777777" w:rsidR="007350B3" w:rsidRPr="007728AA" w:rsidRDefault="007350B3" w:rsidP="007350B3">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007728AA">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ECA-JB1</w:t>
@@ -20505,51 +20353,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B8560E9" w14:textId="77777777" w:rsidR="007350B3" w:rsidRPr="00C33A88" w:rsidRDefault="007350B3" w:rsidP="007350B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007350B3" w:rsidRPr="00D811D0" w14:paraId="749DFA0F" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="007350B3" w:rsidRPr="00255A77" w14:paraId="749DFA0F" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="069FD56C" w14:textId="77777777" w:rsidR="007350B3" w:rsidRPr="007728AA" w:rsidRDefault="007350B3" w:rsidP="007350B3">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007728AA">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ECA-JB2</w:t>
@@ -20581,51 +20429,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A8D2A56" w14:textId="77777777" w:rsidR="007350B3" w:rsidRPr="00C33A88" w:rsidRDefault="007350B3" w:rsidP="007350B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053522A" w:rsidRPr="00D811D0" w14:paraId="7E43EDE1" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="0053522A" w:rsidRPr="00255A77" w14:paraId="7E43EDE1" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B8F02F7" w14:textId="77777777" w:rsidR="0053522A" w:rsidRPr="00527755" w:rsidRDefault="0053522A" w:rsidP="00EC6355">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00527755">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
@@ -20658,51 +20506,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69E4815E" w14:textId="77777777" w:rsidR="0053522A" w:rsidRPr="00C33A88" w:rsidRDefault="0053522A" w:rsidP="00EC6355">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053522A" w:rsidRPr="00D811D0" w14:paraId="1F603121" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="0053522A" w:rsidRPr="00255A77" w14:paraId="1F603121" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F09BED0" w14:textId="77777777" w:rsidR="0053522A" w:rsidRPr="00527755" w:rsidRDefault="0053522A" w:rsidP="00EC6355">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00527755">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
@@ -20735,51 +20583,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E0D4D6D" w14:textId="77777777" w:rsidR="0053522A" w:rsidRPr="00C33A88" w:rsidRDefault="0053522A" w:rsidP="00EC6355">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D2313" w:rsidRPr="00D811D0" w14:paraId="34FBF8F1" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="008D2313" w:rsidRPr="00255A77" w14:paraId="34FBF8F1" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4849935B" w14:textId="77777777" w:rsidR="008D2313" w:rsidRPr="007728AA" w:rsidRDefault="008D2313">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007728AA">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>EL-ECN-EX</w:t>
@@ -20821,51 +20669,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2589DD4F" w14:textId="77777777" w:rsidR="008D2313" w:rsidRPr="00C33A88" w:rsidRDefault="008D2313" w:rsidP="009A46A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D433E8" w:rsidRPr="00D811D0" w14:paraId="74AAD368" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="00D433E8" w:rsidRPr="00925857" w14:paraId="74AAD368" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4189F5D7" w14:textId="77777777" w:rsidR="00D433E8" w:rsidRPr="003D6E8E" w:rsidRDefault="00D433E8">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D6E8E">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
@@ -20873,77 +20721,97 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64A90D19" w14:textId="77777777" w:rsidR="00D433E8" w:rsidRPr="003D6E8E" w:rsidRDefault="00D433E8">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D6E8E">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Heat shrink splice-kit suitable for ELSR-NA and cold lead connections</w:t>
+              <w:t xml:space="preserve">Heat </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D6E8E">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>shrink</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D6E8E">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> splice-kit suitable for ELSR-NA and cold lead connections</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="446869AC" w14:textId="77777777" w:rsidR="00D433E8" w:rsidRPr="00C33A88" w:rsidRDefault="00D433E8" w:rsidP="009A46A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044930" w:rsidRPr="00D811D0" w14:paraId="6BAEC99C" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="00044930" w:rsidRPr="00255A77" w14:paraId="6BAEC99C" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="587D3A83" w14:textId="77777777" w:rsidR="00044930" w:rsidRPr="007728AA" w:rsidRDefault="00044930">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
@@ -20986,51 +20854,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B259414" w14:textId="77777777" w:rsidR="00044930" w:rsidRPr="00C33A88" w:rsidRDefault="00044930" w:rsidP="009A46A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D2313" w:rsidRPr="00D811D0" w14:paraId="56BEE204" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="008D2313" w:rsidRPr="00255A77" w14:paraId="56BEE204" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B7959BD" w14:textId="77777777" w:rsidR="008D2313" w:rsidRPr="007728AA" w:rsidRDefault="008D2313">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007728AA">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ELVB-SRAN</w:t>
@@ -21062,51 +20930,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31EFC755" w14:textId="77777777" w:rsidR="008D2313" w:rsidRPr="00C33A88" w:rsidRDefault="008D2313" w:rsidP="009A46A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006376AF" w:rsidRPr="00D811D0" w14:paraId="2C81DB44" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="006376AF" w:rsidRPr="00925857" w14:paraId="2C81DB44" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73F1A0FF" w14:textId="77777777" w:rsidR="006376AF" w:rsidRPr="007D192F" w:rsidRDefault="006376AF" w:rsidP="00A8312F">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D192F">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
@@ -21116,77 +20984,97 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17BA45E8" w14:textId="77777777" w:rsidR="006376AF" w:rsidRPr="007D192F" w:rsidRDefault="006376AF" w:rsidP="00A8312F">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D192F">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Power connection with plastique/PA12 cable gland/fitting, 1/2'' NPT, non-hazardous location</w:t>
+              <w:t>Power connection with plastique/PA12 cable gland/fitting, 1/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007D192F">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2''</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007D192F">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NPT, non-hazardous location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6018A514" w14:textId="77777777" w:rsidR="006376AF" w:rsidRPr="00C33A88" w:rsidRDefault="006376AF" w:rsidP="00A8312F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006376AF" w:rsidRPr="00D811D0" w14:paraId="755BD33D" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="006376AF" w:rsidRPr="00925857" w14:paraId="755BD33D" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CC581DE" w14:textId="77777777" w:rsidR="006376AF" w:rsidRPr="007D192F" w:rsidRDefault="006376AF" w:rsidP="00A8312F">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D192F">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
@@ -21196,153 +21084,193 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1013E40A" w14:textId="77777777" w:rsidR="006376AF" w:rsidRPr="007D192F" w:rsidRDefault="006376AF" w:rsidP="00A8312F">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D192F">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Power connection with plastique/PA12 cable gland/fitting, 3/4'' NPT, non-hazardous location</w:t>
+              <w:t>Power connection with plastique/PA12 cable gland/fitting, 3/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007D192F">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4''</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007D192F">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NPT, non-hazardous location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6620048F" w14:textId="77777777" w:rsidR="006376AF" w:rsidRPr="00C33A88" w:rsidRDefault="006376AF" w:rsidP="00A8312F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D2313" w:rsidRPr="00D811D0" w14:paraId="2FF4A100" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="008D2313" w:rsidRPr="00925857" w14:paraId="2FF4A100" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EC3BD93" w14:textId="77777777" w:rsidR="008D2313" w:rsidRPr="007728AA" w:rsidRDefault="008D2313">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007728AA">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ELVB-SRAN-34-ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="164C9855" w14:textId="77777777" w:rsidR="008D2313" w:rsidRPr="00EB3561" w:rsidRDefault="008D2313">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB3561">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Power connection with steel/zinc cable gland/fitting, 3/4'' NPT, non-hazardous location</w:t>
+              <w:t>Power connection with steel/zinc cable gland/fitting, 3/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EB3561">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4''</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EB3561">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NPT, non-hazardous location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="137CA5E3" w14:textId="77777777" w:rsidR="008D2313" w:rsidRPr="00C33A88" w:rsidRDefault="008D2313" w:rsidP="009A46A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053522A" w:rsidRPr="00D811D0" w14:paraId="27120557" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="0053522A" w:rsidRPr="00925857" w14:paraId="27120557" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D144EE" w14:textId="77777777" w:rsidR="0053522A" w:rsidRPr="007728AA" w:rsidRDefault="0053522A" w:rsidP="00EC6355">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007728AA">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ELVB-SREX-34-HT</w:t>
@@ -21376,77 +21304,97 @@
             <w:r w:rsidRPr="00EB3561">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Power connection with </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>nickel plated</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3561">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> cable gland, 3/4'' NPT, hazardous location</w:t>
+              <w:t xml:space="preserve"> cable gland, 3/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EB3561">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4''</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EB3561">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NPT, hazardous location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16FA9AD1" w14:textId="77777777" w:rsidR="0053522A" w:rsidRPr="001D2844" w:rsidRDefault="0053522A" w:rsidP="00EC6355">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053522A" w:rsidRPr="00D811D0" w14:paraId="59C9155D" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="0053522A" w:rsidRPr="00255A77" w14:paraId="59C9155D" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7963A408" w14:textId="77777777" w:rsidR="0053522A" w:rsidRPr="008814E1" w:rsidRDefault="0053522A" w:rsidP="00EC6355">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008814E1">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ELVB-SREX-M20-HT</w:t>
@@ -21646,51 +21594,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46FFF1F8" w14:textId="425E144B" w:rsidR="00D12B5D" w:rsidRPr="00D12B5D" w:rsidRDefault="00D12B5D" w:rsidP="00EC6355">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D2313" w:rsidRPr="00D811D0" w14:paraId="62348F03" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="008D2313" w:rsidRPr="00255A77" w14:paraId="62348F03" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DE25925" w14:textId="77777777" w:rsidR="008D2313" w:rsidRPr="008814E1" w:rsidRDefault="008D2313">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008814E1">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
@@ -21970,51 +21918,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="582D5243" w14:textId="77777777" w:rsidR="005910D8" w:rsidRPr="001D2844" w:rsidRDefault="005910D8" w:rsidP="005910D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005910D8" w:rsidRPr="00D811D0" w14:paraId="2A88FD96" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="005910D8" w:rsidRPr="00255A77" w14:paraId="2A88FD96" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B529EBB" w14:textId="77777777" w:rsidR="005910D8" w:rsidRPr="00360E35" w:rsidRDefault="005910D8" w:rsidP="005910D8">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A447A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
@@ -22264,83 +22212,111 @@
             </w:pPr>
             <w:r w:rsidRPr="00B857BD">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ELB-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="228E79FE" w14:textId="77777777" w:rsidR="005910D8" w:rsidRPr="003C1A46" w:rsidRDefault="005910D8" w:rsidP="005910D8">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C1A46">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Gutter mounting plate</w:t>
+              <w:t>Gutter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C1A46">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C1A46">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>mounting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C1A46">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> plate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EEAD812" w14:textId="77777777" w:rsidR="005910D8" w:rsidRPr="001D2844" w:rsidRDefault="005910D8" w:rsidP="005910D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2187"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005910D8" w:rsidRPr="00D811D0" w14:paraId="55CF3DA5" w14:textId="77777777" w:rsidTr="6FEAA097">
+      <w:tr w:rsidR="005910D8" w:rsidRPr="00255A77" w14:paraId="55CF3DA5" w14:textId="77777777" w:rsidTr="6FEAA097">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CBE41EC" w14:textId="62B6238B" w:rsidR="005910D8" w:rsidRPr="00255A77" w:rsidRDefault="005910D8" w:rsidP="005910D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255A77">
@@ -22833,90 +22809,90 @@
           </w:tcPr>
           <w:p w14:paraId="2DCA3872" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="00C2242E" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2242E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Qty</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="607F17ED" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="607F17ED" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6972499E" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Controller options for roof and gutter for de-icing </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="6E1D150F" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="6E1D150F" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06C5BDA9" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>DS-2C</w:t>
@@ -23022,51 +22998,69 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A85C23E" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerial mounted controller with sensor to detect temperature and a sensor to detect humidity with 10 ft. </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">(3 m) cable, </w:t>
+              <w:t xml:space="preserve">(3 m) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>cable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:br/>
               <w:t>30A, 100V to 277V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0879AB41" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
@@ -23120,81 +23114,99 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E32DE4B" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerial mounted controller with sensor to detect temperature and a sensor to detect humidity with 10 ft. </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">(3 m) cable, </w:t>
+              <w:t xml:space="preserve">(3 m) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>cable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:br/>
               <w:t>2 X 30A, 100V to 277V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2086B718" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="563AABBF" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="563AABBF" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64A129E4" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
@@ -23223,51 +23235,51 @@
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>50 ft. (15 m) extension kit, with connection fittings for humidity sensor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FE81A03" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="2D04928B" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="2D04928B" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23DBA33E" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>CDP-2</w:t>
@@ -23295,51 +23307,51 @@
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Interior controller and display for DS products</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2456B258" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="0FEDDBDD" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="0FEDDBDD" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2376974B" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
@@ -23378,51 +23390,51 @@
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dual-zone electronic controller, 3 X 16A, 120V to 240V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13005C9E" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="088EF360" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="088EF360" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3318652F" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
@@ -23509,72 +23521,82 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09182904" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Gutter sensor to detect humidity with 33 ft. </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>(10 m) cable</w:t>
-            </w:r>
+              <w:t xml:space="preserve">(10 m) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>cable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EEA3479" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="070ECC39" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="070ECC39" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E7E8705" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
@@ -23636,52 +23658,98 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427922EC" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidDel="0056149E" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">SPDT, NEMA 4X thermostat in molded aluminum housing, 22A at 120/250/480V, with 10 ft. </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>(3 m) stainless steel bulb and capillary</w:t>
-            </w:r>
+              <w:t xml:space="preserve">(3 m) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>stainless</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>steel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bulb and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>capillary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3D87D5" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00663CD5" w:rsidRPr="0000415B" w14:paraId="5A3FB442" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23724,61 +23792,107 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5084311C" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidDel="0056149E" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">SPDT, NEMA 4X thermostat in polycarbonate housing, 22A at 120/250/480V, with 3 ft. </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">(1 m) tinned copper bulb </w:t>
-            </w:r>
+              <w:t xml:space="preserve">(1 m) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
+              <w:t>tinned</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>copper</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bulb </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:br/>
-              <w:t>and capillary</w:t>
-            </w:r>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>capillary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A5CEEBD" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00663CD5" w:rsidRPr="0000415B" w14:paraId="1B90DBA7" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23821,61 +23935,107 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0173AB77" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidDel="0056149E" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">SPDT, NEMA 4X thermostat in polycarbonate housing, 22A at 120/250/480V, with 10 ft. </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">(3 m) tinned copper bulb </w:t>
-            </w:r>
+              <w:t xml:space="preserve">(3 m) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
+              <w:t>tinned</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>copper</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bulb </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:br/>
-              <w:t>and capillary</w:t>
-            </w:r>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>capillary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D85A828" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00663CD5" w:rsidRPr="0000415B" w14:paraId="6648A408" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23918,61 +24078,89 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="107F9791" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">SPDT, NEMA 4X thermostat, range -17 °C to 49 °C (0 °F to 120 °F), 25A at 120/208/240/277V, with 5 ft. </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">(1.5 m) stainless bulb </w:t>
-            </w:r>
+              <w:t xml:space="preserve">(1.5 m) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
+              <w:t>stainless</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bulb </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:br/>
-              <w:t>and capillary</w:t>
-            </w:r>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>capillary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09E661F5" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00663CD5" w:rsidRPr="0000415B" w14:paraId="6100D424" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24016,72 +24204,100 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53A3D47A" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">SPDT, NEMA 4X thermostat, range -35 °C to 38 °C (-30 °F to 100 °F), 25A at 120/208/240/277V, with 8 ft. </w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>(2.4 m) copper bulb and capillary</w:t>
-            </w:r>
+              <w:t xml:space="preserve">(2.4 m) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>copper</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bulb and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>capillary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F1B2FAD" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="4D2075F3" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="4D2075F3" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77D7502D" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ELTC-14-RTD</w:t>
@@ -24119,51 +24335,51 @@
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Digital temperature control 20A at 90-260V, including 3-wire RTD (Pt-100) sensing element is 5x50mm with 5m of fluoropolymer lead wires, range 0 to 250°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D43CD1C" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0099182D" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001560D0" w:rsidRPr="00D811D0" w14:paraId="62FC01FA" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="001560D0" w:rsidRPr="00255A77" w14:paraId="62FC01FA" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7159CFC1" w14:textId="77777777" w:rsidR="001560D0" w:rsidRPr="0000415B" w:rsidRDefault="001560D0" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6A29">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>GPT-130</w:t>
@@ -24191,51 +24407,51 @@
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Single point heat trace control thermostat NEMA 4X c/w GFEP and a 20 ft. thermistor 30A@100-277V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E4833E6" w14:textId="77777777" w:rsidR="001560D0" w:rsidRPr="0099182D" w:rsidRDefault="001560D0" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D2F4F" w:rsidRPr="00D811D0" w14:paraId="0C97E5FA" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="004D2F4F" w:rsidRPr="00255A77" w14:paraId="0C97E5FA" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78E4C4BC" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRPr="002D6A29" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>S1-A</w:t>
@@ -24306,51 +24522,51 @@
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> capabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6071E62B" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRPr="0099182D" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D2F4F" w:rsidRPr="00D811D0" w14:paraId="088C94A0" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="004D2F4F" w:rsidRPr="00255A77" w14:paraId="088C94A0" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A5E5FF1" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRPr="002D6A29" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>S1-B</w:t>
@@ -24400,51 +24616,51 @@
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>and 20' (6 m) lead, 10k ohms thermistor, Wi-Fi, Ethernet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D77D0A8" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRPr="0099182D" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D2F4F" w:rsidRPr="00D811D0" w14:paraId="1855F6B0" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="004D2F4F" w:rsidRPr="00255A77" w14:paraId="1855F6B0" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="142E7E91" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRPr="002D6A29" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>GATEWAY-PCKG</w:t>
@@ -24473,51 +24689,51 @@
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>24VDC BACnet gateway assembly with power supply NEMA 4X enclosure with 24VDC transformer for S1 Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41A5FFDF" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRPr="0099182D" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D2F4F" w:rsidRPr="00D811D0" w14:paraId="0765E0BD" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="004D2F4F" w:rsidRPr="00255A77" w14:paraId="0765E0BD" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34E58E43" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRPr="002D6A29" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>GATEWAY</w:t>
@@ -24546,51 +24762,51 @@
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>24VDC BACnet gateway stand alone for S1 Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AB11B01" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRPr="0099182D" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="36E66B1E" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="36E66B1E" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A6B714C" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
@@ -24685,76 +24901,76 @@
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>temperature control 120-480V, 22A, SPDT c/w 10 ft. (3 m) stainless steel capillary,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="341A2878" w14:textId="77777777" w:rsidR="008814E1" w:rsidRPr="0000415B" w:rsidRDefault="008814E1" w:rsidP="008814E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="6F4E361B" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="6F4E361B" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15E400D2" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="007F53CA" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
-[...15 lines deleted...]
-                <w:lang w:val="de-DE"/>
+          <w:p w14:paraId="15E400D2" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TM-1SIH1-E5-RTD-A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6700484F" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
@@ -24782,76 +24998,76 @@
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> I GFCI electronic thermostat for single circuit at 120V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E2FE9B" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="6762F31F" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="6762F31F" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="267E93AF" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="007F53CA" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
-[...15 lines deleted...]
-                <w:lang w:val="de-DE"/>
+          <w:p w14:paraId="267E93AF" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TM-1DIH2-E5-RTD-A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60F46D60" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
@@ -24879,239 +25095,243 @@
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> I GFCI electronic thermostat for single circuit at 240/208V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C14DCAF" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="302081B9" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="302081B9" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A15EC63" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>TM-2SIH1-E5-RTD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="161A8309" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TraceMate</w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TM</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> II GFCI electronic thermostat for dual circuit at 120V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1221A76B" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="01259F40" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="01259F40" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A1D657B" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>TM-2DIH2-E5-RTD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04CB0045" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TraceMate</w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TM</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> II GFCI electronic thermostat for dual circuit at 240/208V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AD60FB5" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="43516096" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="43516096" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B5AFD8B" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>MS-2101</w:t>
@@ -25120,98 +25340,109 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CBD862E" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">MasterTrace Single circuit electronic GFCI controller with double pole, </w:t>
+              <w:t>MasterTrace</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Single circuit electronic GFCI controller with double pole, </w:t>
             </w:r>
             <w:r w:rsidR="00FA1827">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>85V to 280V</w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, 30A, with user interface</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DD15908" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663CD5" w:rsidRPr="00D811D0" w14:paraId="2B15C250" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00663CD5" w:rsidRPr="00255A77" w14:paraId="2B15C250" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23F32007" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>MS-2102</w:t>
@@ -25220,98 +25451,109 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41207599" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">MasterTrace Double circuit electronic GFCI controller with single pole, 120V </w:t>
+              <w:t>MasterTrace</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0000415B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Double circuit electronic GFCI controller with single pole, 120V </w:t>
             </w:r>
             <w:r w:rsidR="00FA1827">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or 277V</w:t>
             </w:r>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, 30A, with user interface</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="154C4C3F" w14:textId="77777777" w:rsidR="00663CD5" w:rsidRPr="0000415B" w:rsidRDefault="00663CD5" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA1827" w:rsidRPr="00D811D0" w14:paraId="2BF48517" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00FA1827" w:rsidRPr="00255A77" w14:paraId="2BF48517" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CCC3E17" w14:textId="77777777" w:rsidR="00FA1827" w:rsidRPr="00FA1827" w:rsidRDefault="00FA1827" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
@@ -25319,51 +25561,71 @@
               <w:t>RTD-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4277000D" w14:textId="77777777" w:rsidR="00FA1827" w:rsidRPr="0000415B" w:rsidRDefault="00FA1827" w:rsidP="00C2242E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A17EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
-              <w:t>RTD probe for MasterTrace controller</w:t>
+              <w:t xml:space="preserve">RTD probe for </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A17EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>MasterTrace</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A17EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> controller</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A49CAC3" w14:textId="77777777" w:rsidR="00FA1827" w:rsidRPr="0000415B" w:rsidRDefault="00FA1827" w:rsidP="00C2242E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00663CD5" w:rsidRPr="0000415B" w14:paraId="1CF7358C" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
@@ -25380,51 +25642,51 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0000415B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Control panel options</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C84321" w:rsidRPr="00D811D0" w14:paraId="26A62F11" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00C84321" w:rsidRPr="00255A77" w14:paraId="26A62F11" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52CE0F67" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="00C84321" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84321">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -25433,73 +25695,93 @@
               <w:t>SR-4CIR-240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4631D090" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="00C84321" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84321">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
-              <w:t>4 circuits 240V 30A circuit GFEP control panel with contactors and 240-120V control transformer (HxWxD: 20x16x8 in.)</w:t>
+              <w:t>4 circuits 240V 30A circuit GFEP control panel with contactors and 240-120V control transformer (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C84321">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>HxWxD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C84321">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>: 20x16x8 in.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="001AFE9B" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="0000415B" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C84321" w:rsidRPr="00D811D0" w14:paraId="55B4DF8E" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00C84321" w:rsidRPr="00255A77" w14:paraId="55B4DF8E" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50685FD7" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="00C84321" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84321">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -25508,73 +25790,93 @@
               <w:t>SR-6CIR-240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F3199F7" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="00C84321" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84321">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
-              <w:t>6 circuits 240V 30A circuit GFEP control panel with contactors and 240-120V control transformer (HxWxD: 20x16x8 in.)</w:t>
+              <w:t>6 circuits 240V 30A circuit GFEP control panel with contactors and 240-120V control transformer (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C84321">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>HxWxD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C84321">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>: 20x16x8 in.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CEC70EC" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="0000415B" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C84321" w:rsidRPr="00D811D0" w14:paraId="20D77E3B" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00C84321" w:rsidRPr="00255A77" w14:paraId="20D77E3B" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F131EA" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="00C84321" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84321">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -25583,73 +25885,93 @@
               <w:t>SR-8CIR-240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E14A3FE" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="00C84321" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84321">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
-              <w:t>8 circuits 240V 30A circuit GFEP control panel with contactors and 240-120V control transformer (HxWxD: 24x20x8 in.)</w:t>
+              <w:t>8 circuits 240V 30A circuit GFEP control panel with contactors and 240-120V control transformer (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C84321">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>HxWxD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C84321">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>: 24x20x8 in.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38E413C7" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="0000415B" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C84321" w:rsidRPr="00D811D0" w14:paraId="187B6382" w14:textId="77777777" w:rsidTr="008814E1">
+      <w:tr w:rsidR="00C84321" w:rsidRPr="00255A77" w14:paraId="187B6382" w14:textId="77777777" w:rsidTr="008814E1">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0612551C" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="00C84321" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84321">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -25658,51 +25980,71 @@
               <w:t>SR-12CIR-240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0857C514" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="00C84321" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84321">
               <w:rPr>
                 <w:rStyle w:val="TableauGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
-              <w:t>12 circuits 240V 30A circuit GFEP control panel with contactors and 240-120V control transformer (HxWxD: 24x24x8 in.)</w:t>
+              <w:t>12 circuits 240V 30A circuit GFEP control panel with contactors and 240-120V control transformer (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C84321">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>HxWxD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C84321">
+              <w:rPr>
+                <w:rStyle w:val="TableauGrey9"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>: 24x24x8 in.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A3042B2" w14:textId="77777777" w:rsidR="00C84321" w:rsidRPr="0000415B" w:rsidRDefault="00C84321" w:rsidP="00C84321">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="50A53895" w14:textId="77777777" w:rsidR="00947952" w:rsidRDefault="00947952" w:rsidP="00947952">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
@@ -25786,51 +26128,75 @@
           <w:szCs w:val="14"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54399">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0053522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>Requires a RTD probe for MasterTrace controller (RTD-7).</w:t>
+        <w:t xml:space="preserve">Requires a RTD probe for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053522A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>MasterTrace</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053522A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> controller (RTD-7).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31568B4A" w14:textId="77777777" w:rsidR="004D2F4F" w:rsidRDefault="004D2F4F" w:rsidP="004D2F4F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A922CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -25968,58 +26334,60 @@
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2923D2AA" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRPr="00AA1CB2" w:rsidRDefault="00C94CF3" w:rsidP="00756BC8">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4703"/>
                 <w:tab w:val="left" w:pos="4680"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA1CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
               <w:t>Approval</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="5E558565" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRPr="00AA1CB2" w:rsidRDefault="00C94CF3" w:rsidP="00756BC8">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4703"/>
                 <w:tab w:val="left" w:pos="4680"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA1CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
               <w:t>Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -26036,51 +26404,69 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BB6A452" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRPr="00AA1CB2" w:rsidRDefault="00C94CF3" w:rsidP="00756BC8">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4703"/>
                 <w:tab w:val="left" w:pos="4680"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA1CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
-              <w:t>Consultant Engineer:</w:t>
+              <w:t xml:space="preserve">Consultant </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AA1CB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="14"/>
+                <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
+              </w:rPr>
+              <w:t>Engineer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA1CB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="14"/>
+                <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78CAA617" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRDefault="00C94CF3" w:rsidP="00756BC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -26090,66 +26476,68 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3052CCDF" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRPr="00AA1CB2" w:rsidRDefault="00C94CF3" w:rsidP="000D07DD">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4703"/>
                 <w:tab w:val="left" w:pos="4680"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA1CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
               <w:t>Electricia</w:t>
             </w:r>
             <w:r w:rsidR="000D07DD" w:rsidRPr="00AA1CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AA1CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> Contractor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="738A4A4B" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRDefault="00C94CF3" w:rsidP="00756BC8">
             <w:pPr>
               <w:rPr>
@@ -26166,57 +26554,67 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12D70907" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRPr="00AA1CB2" w:rsidRDefault="00C94CF3" w:rsidP="00756BC8">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4703"/>
                 <w:tab w:val="left" w:pos="4680"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA1CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
-              <w:t>Distributor:</w:t>
+              <w:t>Distributor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA1CB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="14"/>
+                <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E8202B2" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRDefault="00C94CF3" w:rsidP="00756BC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -26346,97 +26744,107 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="788950D5" w14:textId="77777777" w:rsidR="00C94CF3" w:rsidRPr="00AA1CB2" w:rsidRDefault="00C94CF3" w:rsidP="00756BC8">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4703"/>
                 <w:tab w:val="left" w:pos="4680"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA1CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
               </w:rPr>
-              <w:t>Comments:</w:t>
+              <w:t>Comments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA1CB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="14"/>
+                <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="597B51C5" w14:textId="5D4B7AB5" w:rsidR="00BB55E8" w:rsidRPr="00BB55E8" w:rsidRDefault="00BB55E8" w:rsidP="00BE5FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BB55E8" w:rsidRPr="00BB55E8" w:rsidSect="004D0664">
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="1560" w:left="720" w:header="720" w:footer="806" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E04EE0F" w14:textId="77777777" w:rsidR="00276771" w:rsidRDefault="00276771">
+    <w:p w14:paraId="13AE230C" w14:textId="77777777" w:rsidR="00F05B39" w:rsidRDefault="00F05B39">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4859F38A" w14:textId="77777777" w:rsidR="00276771" w:rsidRDefault="00276771">
+    <w:p w14:paraId="3987A2A3" w14:textId="77777777" w:rsidR="00F05B39" w:rsidRDefault="00F05B39">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -26468,106 +26876,106 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Regular">
     <w:altName w:val="Cambria"/>
-    <w:panose1 w:val="020B0503030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="02040503050306020203"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="020B0603030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
-    <w:panose1 w:val="02040503050306020203"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
-    <w:panose1 w:val="020B0503030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
     <w:altName w:val="Segoe UI Light"/>
-    <w:panose1 w:val="020B0403030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="255B0A48" w14:textId="31E3B5DA" w:rsidR="002A7426" w:rsidRDefault="00B53F81" w:rsidP="002A7426">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
@@ -26614,51 +27022,51 @@
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict w14:anchorId="60A2CA0D">
             <v:line id="Line 5" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:spid="_x0000_s1026" strokecolor="gray" strokeweight=".5pt" from="-4.95pt,5.05pt" to="544.05pt,5.05pt" w14:anchorId="703627C2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM6uQ0sQEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSrOuMOD2k6y7d&#10;FqDdBzCSbAuVRUFU4uTvR6lJWmy3oTAgSCL59N4jvbw9jE7sTSSLvpXzWS2F8Qq19X0rfz/df7qR&#10;ghJ4DQ69aeXRkLxdffywnEJjFjig0yYKBvHUTKGVQ0qhqSpSgxmBZhiM52CHcYTEx9hXOsLE6KOr&#10;FnV9XU0YdYioDBHf3r0E5argd51R6VfXkUnCtZK5pbLGsm7zWq2W0PQRwmDViQb8B4sRrOdHL1B3&#10;kEDsov0HarQqImGXZgrHCrvOKlM0sJp5/ZeaxwGCKVrYHAoXm+j9YNXP/dpvYqauDv4xPKB6JuFx&#10;PYDvTSHwdAzcuHm2qpoCNZeSfKCwiWI7/UDNObBLWFw4dHHMkKxPHIrZx4vZ5pCE4svrr18WVzX3&#10;RJ1jFTTnwhApfTc4irxppbM++wAN7B8oZSLQnFPytcd761zppfNiYvCrz3UpIHRW52BOo9hv1y6K&#10;PfA03NT5K6o48jYt4s7rAjYY0N9O+wTWvez5cedPZmT9edio2aI+buLZJG5XYXkarTwPb8+l+vUH&#10;WP0BAAD//wMAUEsDBBQABgAIAAAAIQAuoc2i3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8x&#10;b8IwEIX3Sv0P1lXqBg4MUQhxEKqEkLo10IHtiK9JSmyntiHpv++hDu12997Tu++KzWR6cSMfOmcV&#10;LOYJCLK1051tFBwPu1kGIkS0GntnScE3BdiUjw8F5tqN9o1uVWwEl9iQo4I2xiGXMtQtGQxzN5Bl&#10;78N5g5FX30jtceRy08tlkqTSYGf5QosDvbRUX6qrUTBWnzt837+mx/0JT+kBv5a1T5V6fpq2axCR&#10;pvgXhjs+o0PJTGd3tTqIXsFsteIk68kCxN1Psoyn868iy0L+/6D8AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEzq5DSxAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAC6hzaLcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="002A7426">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="13"/>
       </w:rPr>
       <w:t>180, 3</w:t>
     </w:r>
     <w:r w:rsidR="002A7426">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="13"/>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
@@ -26734,58 +27142,58 @@
       <w:t xml:space="preserve"> • </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="002A7426">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="13"/>
         </w:rPr>
         <w:t>www.ouellet.com</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="30A638A9" w14:textId="77777777" w:rsidR="00BF7EB0" w:rsidRDefault="00BF7EB0">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F65C425" w14:textId="77777777" w:rsidR="00276771" w:rsidRDefault="00276771">
+    <w:p w14:paraId="6536C1D7" w14:textId="77777777" w:rsidR="00F05B39" w:rsidRDefault="00F05B39">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D0F36FB" w14:textId="77777777" w:rsidR="00276771" w:rsidRDefault="00276771">
+    <w:p w14:paraId="0EA20AD0" w14:textId="77777777" w:rsidR="00F05B39" w:rsidRDefault="00F05B39">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6978E14B" w14:textId="5714C902" w:rsidR="00BF7EB0" w:rsidRDefault="00B53F81">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:spacing w:before="160" w:after="120"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -26829,51 +27237,51 @@
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict w14:anchorId="6880B64D">
             <v:line id="Line 4" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:spid="_x0000_s1026" strokecolor="gray" strokeweight=".5pt" from="-4.95pt,45.2pt" to="544.05pt,45.2pt" w14:anchorId="12E36E6D" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM6uQ0sQEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSrOuMOD2k6y7d&#10;FqDdBzCSbAuVRUFU4uTvR6lJWmy3oTAgSCL59N4jvbw9jE7sTSSLvpXzWS2F8Qq19X0rfz/df7qR&#10;ghJ4DQ69aeXRkLxdffywnEJjFjig0yYKBvHUTKGVQ0qhqSpSgxmBZhiM52CHcYTEx9hXOsLE6KOr&#10;FnV9XU0YdYioDBHf3r0E5argd51R6VfXkUnCtZK5pbLGsm7zWq2W0PQRwmDViQb8B4sRrOdHL1B3&#10;kEDsov0HarQqImGXZgrHCrvOKlM0sJp5/ZeaxwGCKVrYHAoXm+j9YNXP/dpvYqauDv4xPKB6JuFx&#10;PYDvTSHwdAzcuHm2qpoCNZeSfKCwiWI7/UDNObBLWFw4dHHMkKxPHIrZx4vZ5pCE4svrr18WVzX3&#10;RJ1jFTTnwhApfTc4irxppbM++wAN7B8oZSLQnFPytcd761zppfNiYvCrz3UpIHRW52BOo9hv1y6K&#10;PfA03NT5K6o48jYt4s7rAjYY0N9O+wTWvez5cedPZmT9edio2aI+buLZJG5XYXkarTwPb8+l+vUH&#10;WP0BAAD//wMAUEsDBBQABgAIAAAAIQDJM81O3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcWqcVipIQp0JIVSVupOXQ2zZekkC8DrbbhL/HFQc4zs5o5m25mc0gLuR8b1nB&#10;apmAIG6s7rlVcNhvFxkIH5A1DpZJwTd52FS3NyUW2k78Spc6tCKWsC9QQRfCWEjpm44M+qUdiaP3&#10;bp3BEKVrpXY4xXIzyHWSpNJgz3Ghw5GeO2o+67NRMNUfW3zbvaSH3RGP6R6/1o1Llbq/m58eQQSa&#10;w18YrvgRHarIdLJn1l4MChZ5HpMK8uQBxNVPsmwF4vR7kVUp/39Q/QAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBM6uQ0sQEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDJM81O3QAAAAkBAAAPAAAAAAAAAAAAAAAAAAsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49CA2D12" wp14:editId="4C63E76A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-62865</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>2540</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6972300" cy="0"/>
               <wp:effectExtent l="13335" t="12065" r="5715" b="6985"/>
               <wp:wrapNone/>
               <wp:docPr id="1849915240" name="Line 3"/>
@@ -26902,51 +27310,51 @@
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict w14:anchorId="007108C6">
             <v:line id="Line 3" style="position:absolute;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:spid="_x0000_s1026" strokecolor="gray" strokeweight=".5pt" from="-4.95pt,.2pt" to="544.05pt,.2pt" w14:anchorId="2B184A7E" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM6uQ0sQEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSrOuMOD2k6y7d&#10;FqDdBzCSbAuVRUFU4uTvR6lJWmy3oTAgSCL59N4jvbw9jE7sTSSLvpXzWS2F8Qq19X0rfz/df7qR&#10;ghJ4DQ69aeXRkLxdffywnEJjFjig0yYKBvHUTKGVQ0qhqSpSgxmBZhiM52CHcYTEx9hXOsLE6KOr&#10;FnV9XU0YdYioDBHf3r0E5argd51R6VfXkUnCtZK5pbLGsm7zWq2W0PQRwmDViQb8B4sRrOdHL1B3&#10;kEDsov0HarQqImGXZgrHCrvOKlM0sJp5/ZeaxwGCKVrYHAoXm+j9YNXP/dpvYqauDv4xPKB6JuFx&#10;PYDvTSHwdAzcuHm2qpoCNZeSfKCwiWI7/UDNObBLWFw4dHHMkKxPHIrZx4vZ5pCE4svrr18WVzX3&#10;RJ1jFTTnwhApfTc4irxppbM++wAN7B8oZSLQnFPytcd761zppfNiYvCrz3UpIHRW52BOo9hv1y6K&#10;PfA03NT5K6o48jYt4s7rAjYY0N9O+wTWvez5cedPZmT9edio2aI+buLZJG5XYXkarTwPb8+l+vUH&#10;WP0BAAD//wMAUEsDBBQABgAIAAAAIQARggkg2QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7B&#10;TsMwEETvSPyDtUjcWqcVitIQp0JIVSVupO2ht228JIF4HWy3CX+Pc4LjaEZvXrGdTC9u5HxnWcFq&#10;mYAgrq3uuFFwPOwWGQgfkDX2lknBD3nYlvd3BebajvxOtyo0IkLY56igDWHIpfR1Swb90g7Esfuw&#10;zmCI0TVSOxwj3PRynSSpNNhxfGhxoNeW6q/qahSM1ecOT/u39Lg/4zk94Pe6dqlSjw/TyzOIQFP4&#10;G8OsH9WhjE4Xe2XtRa9gsdnEpYInEHObZNkKxGXOsizkf/vyFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEzq5DSxAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABGCCSDZAAAABQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C2FEA9F" wp14:editId="0951C132">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>101600</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1714500" cy="387350"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Image 1" descr="logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -28806,51 +29214,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="304698085">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1856264003">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2070885259">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="318732887">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="706"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -28884,204 +29292,197 @@
     <w:rsid w:val="00050766"/>
     <w:rsid w:val="000519DC"/>
     <w:rsid w:val="00054C2E"/>
     <w:rsid w:val="0005627C"/>
     <w:rsid w:val="000565F9"/>
     <w:rsid w:val="00057CA7"/>
     <w:rsid w:val="00060A05"/>
     <w:rsid w:val="00060E8B"/>
     <w:rsid w:val="00061160"/>
     <w:rsid w:val="0006309F"/>
     <w:rsid w:val="000634EB"/>
     <w:rsid w:val="00064972"/>
     <w:rsid w:val="0006674E"/>
     <w:rsid w:val="00070C77"/>
     <w:rsid w:val="00071749"/>
     <w:rsid w:val="00071BC9"/>
     <w:rsid w:val="00072C67"/>
     <w:rsid w:val="00075E1F"/>
     <w:rsid w:val="00076516"/>
     <w:rsid w:val="00076B4C"/>
     <w:rsid w:val="00077E86"/>
     <w:rsid w:val="00080CE1"/>
     <w:rsid w:val="00081C5C"/>
     <w:rsid w:val="0008672C"/>
     <w:rsid w:val="000874AC"/>
-    <w:rsid w:val="00090AE2"/>
     <w:rsid w:val="00091727"/>
     <w:rsid w:val="00092BFA"/>
     <w:rsid w:val="00093D14"/>
     <w:rsid w:val="00094CEE"/>
     <w:rsid w:val="00095FA5"/>
     <w:rsid w:val="000A53E7"/>
     <w:rsid w:val="000A5572"/>
     <w:rsid w:val="000A664C"/>
     <w:rsid w:val="000A7AB1"/>
     <w:rsid w:val="000B1543"/>
     <w:rsid w:val="000B387B"/>
     <w:rsid w:val="000B42D1"/>
     <w:rsid w:val="000B6A3A"/>
     <w:rsid w:val="000B70D4"/>
     <w:rsid w:val="000C0ED4"/>
     <w:rsid w:val="000C1C2E"/>
     <w:rsid w:val="000C2DBF"/>
     <w:rsid w:val="000C3ED9"/>
     <w:rsid w:val="000C52DF"/>
     <w:rsid w:val="000C63EA"/>
     <w:rsid w:val="000C6BA0"/>
     <w:rsid w:val="000C7992"/>
     <w:rsid w:val="000D07DD"/>
     <w:rsid w:val="000D74E4"/>
     <w:rsid w:val="000D7BE2"/>
     <w:rsid w:val="000D7EF5"/>
     <w:rsid w:val="000E06A3"/>
     <w:rsid w:val="000E072A"/>
     <w:rsid w:val="000E0DBE"/>
     <w:rsid w:val="000E0F82"/>
     <w:rsid w:val="000E5439"/>
     <w:rsid w:val="000E5F0E"/>
     <w:rsid w:val="000E7ADD"/>
     <w:rsid w:val="000F2FD9"/>
     <w:rsid w:val="000F38A5"/>
     <w:rsid w:val="000F42DC"/>
     <w:rsid w:val="000F47D8"/>
-    <w:rsid w:val="000F4B51"/>
     <w:rsid w:val="000F62E4"/>
     <w:rsid w:val="0010041A"/>
     <w:rsid w:val="001009AF"/>
     <w:rsid w:val="0010305D"/>
     <w:rsid w:val="00105563"/>
     <w:rsid w:val="001145CC"/>
     <w:rsid w:val="00117ACF"/>
     <w:rsid w:val="00120642"/>
     <w:rsid w:val="00120A17"/>
     <w:rsid w:val="001223A6"/>
     <w:rsid w:val="00124FD4"/>
     <w:rsid w:val="00125E54"/>
     <w:rsid w:val="00126CFC"/>
     <w:rsid w:val="00127690"/>
     <w:rsid w:val="001315F5"/>
     <w:rsid w:val="00133A54"/>
-    <w:rsid w:val="0013401F"/>
     <w:rsid w:val="001345B2"/>
     <w:rsid w:val="00134E82"/>
     <w:rsid w:val="00137660"/>
-    <w:rsid w:val="00140798"/>
     <w:rsid w:val="00140AA5"/>
     <w:rsid w:val="00141555"/>
     <w:rsid w:val="00141780"/>
     <w:rsid w:val="0014418A"/>
     <w:rsid w:val="00150680"/>
     <w:rsid w:val="00150BB3"/>
     <w:rsid w:val="00154CEA"/>
     <w:rsid w:val="001560D0"/>
     <w:rsid w:val="00156309"/>
     <w:rsid w:val="001608C1"/>
     <w:rsid w:val="00160A53"/>
     <w:rsid w:val="00161BA3"/>
     <w:rsid w:val="00162B5F"/>
     <w:rsid w:val="0016315E"/>
     <w:rsid w:val="00164065"/>
     <w:rsid w:val="0016499C"/>
     <w:rsid w:val="001659D5"/>
     <w:rsid w:val="00167285"/>
     <w:rsid w:val="0017221B"/>
     <w:rsid w:val="00173E17"/>
     <w:rsid w:val="00175750"/>
     <w:rsid w:val="00175A9A"/>
     <w:rsid w:val="001807AF"/>
     <w:rsid w:val="001814BD"/>
     <w:rsid w:val="001816FC"/>
     <w:rsid w:val="0018322F"/>
     <w:rsid w:val="0018432F"/>
     <w:rsid w:val="001851AA"/>
     <w:rsid w:val="00185484"/>
     <w:rsid w:val="00185DE8"/>
     <w:rsid w:val="00186BD9"/>
     <w:rsid w:val="0019273C"/>
     <w:rsid w:val="0019322D"/>
     <w:rsid w:val="0019513E"/>
     <w:rsid w:val="00195B95"/>
     <w:rsid w:val="001A164E"/>
     <w:rsid w:val="001A3D09"/>
     <w:rsid w:val="001B1296"/>
     <w:rsid w:val="001B2201"/>
     <w:rsid w:val="001B2A2B"/>
     <w:rsid w:val="001B43D5"/>
     <w:rsid w:val="001B7673"/>
     <w:rsid w:val="001C4DDB"/>
-    <w:rsid w:val="001C7517"/>
     <w:rsid w:val="001D1C94"/>
     <w:rsid w:val="001D24AB"/>
     <w:rsid w:val="001D2844"/>
     <w:rsid w:val="001D3FBA"/>
     <w:rsid w:val="001D4079"/>
     <w:rsid w:val="001D4D85"/>
     <w:rsid w:val="001D5943"/>
     <w:rsid w:val="001E2746"/>
     <w:rsid w:val="001E31DF"/>
     <w:rsid w:val="001E4A73"/>
     <w:rsid w:val="001E66E8"/>
     <w:rsid w:val="001F0ABC"/>
     <w:rsid w:val="001F2F16"/>
     <w:rsid w:val="001F3BD2"/>
     <w:rsid w:val="00200457"/>
     <w:rsid w:val="002036E1"/>
     <w:rsid w:val="00203797"/>
     <w:rsid w:val="00207C17"/>
     <w:rsid w:val="00211B68"/>
     <w:rsid w:val="00214248"/>
     <w:rsid w:val="002152C8"/>
     <w:rsid w:val="00217AFE"/>
-    <w:rsid w:val="00220251"/>
     <w:rsid w:val="0022421E"/>
     <w:rsid w:val="00224818"/>
     <w:rsid w:val="002252D0"/>
     <w:rsid w:val="0023504F"/>
     <w:rsid w:val="00236DD3"/>
     <w:rsid w:val="00237DD8"/>
     <w:rsid w:val="00242719"/>
     <w:rsid w:val="002429C4"/>
     <w:rsid w:val="00242DB8"/>
     <w:rsid w:val="00245511"/>
     <w:rsid w:val="002463AD"/>
     <w:rsid w:val="00247C08"/>
     <w:rsid w:val="002547A8"/>
     <w:rsid w:val="0025537D"/>
     <w:rsid w:val="00255A77"/>
     <w:rsid w:val="00255FC2"/>
     <w:rsid w:val="002566C0"/>
     <w:rsid w:val="002577FE"/>
     <w:rsid w:val="00260199"/>
     <w:rsid w:val="00265EFC"/>
     <w:rsid w:val="00266C5D"/>
     <w:rsid w:val="00270099"/>
     <w:rsid w:val="00270349"/>
     <w:rsid w:val="00271F40"/>
     <w:rsid w:val="0027360F"/>
     <w:rsid w:val="00276540"/>
-    <w:rsid w:val="00276771"/>
     <w:rsid w:val="00284A7F"/>
     <w:rsid w:val="002936AE"/>
     <w:rsid w:val="00294636"/>
     <w:rsid w:val="002A1C09"/>
     <w:rsid w:val="002A7426"/>
     <w:rsid w:val="002A74BA"/>
     <w:rsid w:val="002A7B98"/>
     <w:rsid w:val="002B1A4E"/>
     <w:rsid w:val="002B3375"/>
     <w:rsid w:val="002B429D"/>
     <w:rsid w:val="002B694A"/>
     <w:rsid w:val="002B76CC"/>
     <w:rsid w:val="002C093D"/>
     <w:rsid w:val="002C559B"/>
     <w:rsid w:val="002C5D94"/>
     <w:rsid w:val="002D0628"/>
     <w:rsid w:val="002D0D7F"/>
     <w:rsid w:val="002D166D"/>
     <w:rsid w:val="002D2C24"/>
     <w:rsid w:val="002D4D95"/>
     <w:rsid w:val="002E3ABE"/>
     <w:rsid w:val="002E3D98"/>
     <w:rsid w:val="002E4912"/>
     <w:rsid w:val="002E6693"/>
     <w:rsid w:val="002E6972"/>
@@ -29090,83 +29491,80 @@
     <w:rsid w:val="002F0385"/>
     <w:rsid w:val="002F1699"/>
     <w:rsid w:val="002F38D8"/>
     <w:rsid w:val="002F4B4E"/>
     <w:rsid w:val="002F4CC0"/>
     <w:rsid w:val="002F5318"/>
     <w:rsid w:val="00303290"/>
     <w:rsid w:val="0030496C"/>
     <w:rsid w:val="00306702"/>
     <w:rsid w:val="0030776C"/>
     <w:rsid w:val="00310DF1"/>
     <w:rsid w:val="00312C44"/>
     <w:rsid w:val="00312F22"/>
     <w:rsid w:val="003136E1"/>
     <w:rsid w:val="00313BA1"/>
     <w:rsid w:val="00314967"/>
     <w:rsid w:val="0031566F"/>
     <w:rsid w:val="0032316E"/>
     <w:rsid w:val="00324051"/>
     <w:rsid w:val="003254D6"/>
     <w:rsid w:val="0033440A"/>
     <w:rsid w:val="00334FA8"/>
     <w:rsid w:val="00335395"/>
     <w:rsid w:val="003409CD"/>
     <w:rsid w:val="00342837"/>
-    <w:rsid w:val="00347DDC"/>
     <w:rsid w:val="003509A4"/>
     <w:rsid w:val="00350C99"/>
     <w:rsid w:val="003555E0"/>
     <w:rsid w:val="00356A2B"/>
     <w:rsid w:val="003577CD"/>
     <w:rsid w:val="00360ABA"/>
     <w:rsid w:val="00362F66"/>
-    <w:rsid w:val="0036389C"/>
     <w:rsid w:val="003644D8"/>
     <w:rsid w:val="003646CB"/>
     <w:rsid w:val="00367D70"/>
     <w:rsid w:val="003708F7"/>
     <w:rsid w:val="003709F4"/>
     <w:rsid w:val="0037107F"/>
     <w:rsid w:val="00377123"/>
     <w:rsid w:val="0038469A"/>
     <w:rsid w:val="00391E14"/>
     <w:rsid w:val="00394013"/>
     <w:rsid w:val="003940CA"/>
     <w:rsid w:val="00394ACD"/>
     <w:rsid w:val="00394C50"/>
     <w:rsid w:val="00395BAA"/>
     <w:rsid w:val="00397C5D"/>
     <w:rsid w:val="003A182B"/>
     <w:rsid w:val="003A4F20"/>
     <w:rsid w:val="003A508E"/>
     <w:rsid w:val="003A51B8"/>
     <w:rsid w:val="003A7977"/>
     <w:rsid w:val="003B1407"/>
     <w:rsid w:val="003B3C28"/>
     <w:rsid w:val="003B447E"/>
-    <w:rsid w:val="003B45EE"/>
     <w:rsid w:val="003C13C4"/>
     <w:rsid w:val="003C3F09"/>
     <w:rsid w:val="003C4488"/>
     <w:rsid w:val="003D0813"/>
     <w:rsid w:val="003D41E5"/>
     <w:rsid w:val="003D6E8E"/>
     <w:rsid w:val="003E2A3E"/>
     <w:rsid w:val="003E3B71"/>
     <w:rsid w:val="003E49DD"/>
     <w:rsid w:val="003E4DCE"/>
     <w:rsid w:val="003E67E8"/>
     <w:rsid w:val="003E79DA"/>
     <w:rsid w:val="003E7AE2"/>
     <w:rsid w:val="003F0A13"/>
     <w:rsid w:val="003F3351"/>
     <w:rsid w:val="00401A2B"/>
     <w:rsid w:val="0040209F"/>
     <w:rsid w:val="00402BC6"/>
     <w:rsid w:val="00404E53"/>
     <w:rsid w:val="004074D5"/>
     <w:rsid w:val="00414FD3"/>
     <w:rsid w:val="0041696A"/>
     <w:rsid w:val="00422669"/>
     <w:rsid w:val="00423623"/>
     <w:rsid w:val="004238DA"/>
@@ -29214,85 +29612,82 @@
     <w:rsid w:val="004D37DD"/>
     <w:rsid w:val="004D6745"/>
     <w:rsid w:val="004D7E9A"/>
     <w:rsid w:val="004E138E"/>
     <w:rsid w:val="004E148A"/>
     <w:rsid w:val="004E17A8"/>
     <w:rsid w:val="004E58DD"/>
     <w:rsid w:val="004E7246"/>
     <w:rsid w:val="004F408B"/>
     <w:rsid w:val="004F41BF"/>
     <w:rsid w:val="004F76D7"/>
     <w:rsid w:val="004F7780"/>
     <w:rsid w:val="005028E8"/>
     <w:rsid w:val="00504E9A"/>
     <w:rsid w:val="005069DC"/>
     <w:rsid w:val="00507E52"/>
     <w:rsid w:val="00510EC9"/>
     <w:rsid w:val="00512377"/>
     <w:rsid w:val="00515BBA"/>
     <w:rsid w:val="0051731E"/>
     <w:rsid w:val="00517CA4"/>
     <w:rsid w:val="00520907"/>
     <w:rsid w:val="005227A3"/>
     <w:rsid w:val="0052363D"/>
     <w:rsid w:val="005256AA"/>
-    <w:rsid w:val="005270FB"/>
     <w:rsid w:val="00530AEA"/>
     <w:rsid w:val="00530DF1"/>
     <w:rsid w:val="00531A51"/>
     <w:rsid w:val="00534DE8"/>
     <w:rsid w:val="0053522A"/>
     <w:rsid w:val="0053654A"/>
     <w:rsid w:val="00537A0A"/>
     <w:rsid w:val="00544391"/>
     <w:rsid w:val="00544C68"/>
     <w:rsid w:val="00545202"/>
     <w:rsid w:val="00545BB1"/>
     <w:rsid w:val="00547DE0"/>
     <w:rsid w:val="00550784"/>
     <w:rsid w:val="005511CB"/>
     <w:rsid w:val="00552899"/>
     <w:rsid w:val="005543C1"/>
     <w:rsid w:val="005553AE"/>
     <w:rsid w:val="00557EC9"/>
     <w:rsid w:val="00560132"/>
     <w:rsid w:val="0056149E"/>
     <w:rsid w:val="00562196"/>
     <w:rsid w:val="00563D80"/>
     <w:rsid w:val="00572911"/>
     <w:rsid w:val="00573686"/>
     <w:rsid w:val="00575D37"/>
     <w:rsid w:val="00577507"/>
     <w:rsid w:val="0057754F"/>
     <w:rsid w:val="00580FA9"/>
-    <w:rsid w:val="0058168B"/>
     <w:rsid w:val="00582826"/>
     <w:rsid w:val="00586D23"/>
     <w:rsid w:val="005910D8"/>
     <w:rsid w:val="005A48FE"/>
-    <w:rsid w:val="005A50E6"/>
     <w:rsid w:val="005B7B9B"/>
     <w:rsid w:val="005C0CC6"/>
     <w:rsid w:val="005C1FAC"/>
     <w:rsid w:val="005C6A7F"/>
     <w:rsid w:val="005C6FCE"/>
     <w:rsid w:val="005D0BD4"/>
     <w:rsid w:val="005D3C5A"/>
     <w:rsid w:val="005D622E"/>
     <w:rsid w:val="005D6FC2"/>
     <w:rsid w:val="005E0C21"/>
     <w:rsid w:val="005E0D68"/>
     <w:rsid w:val="005E13DD"/>
     <w:rsid w:val="005E2281"/>
     <w:rsid w:val="005E2EC3"/>
     <w:rsid w:val="005E450C"/>
     <w:rsid w:val="005E4B7A"/>
     <w:rsid w:val="005E510A"/>
     <w:rsid w:val="005E7E76"/>
     <w:rsid w:val="005F0043"/>
     <w:rsid w:val="005F1007"/>
     <w:rsid w:val="005F2A71"/>
     <w:rsid w:val="005F2C21"/>
     <w:rsid w:val="006015F5"/>
     <w:rsid w:val="0060204C"/>
     <w:rsid w:val="00604AA1"/>
@@ -29363,157 +29758,150 @@
     <w:rsid w:val="006B555E"/>
     <w:rsid w:val="006B60EA"/>
     <w:rsid w:val="006B7C41"/>
     <w:rsid w:val="006C151D"/>
     <w:rsid w:val="006C30A3"/>
     <w:rsid w:val="006C392F"/>
     <w:rsid w:val="006C7004"/>
     <w:rsid w:val="006D48C3"/>
     <w:rsid w:val="006D68BC"/>
     <w:rsid w:val="006E1B5B"/>
     <w:rsid w:val="006E1E3F"/>
     <w:rsid w:val="006E3178"/>
     <w:rsid w:val="006E4DFD"/>
     <w:rsid w:val="006F26C0"/>
     <w:rsid w:val="006F4845"/>
     <w:rsid w:val="006F56F1"/>
     <w:rsid w:val="006F6FAE"/>
     <w:rsid w:val="007022A8"/>
     <w:rsid w:val="0070266E"/>
     <w:rsid w:val="007035DE"/>
     <w:rsid w:val="00704737"/>
     <w:rsid w:val="0070780C"/>
     <w:rsid w:val="00707C08"/>
     <w:rsid w:val="0071218C"/>
     <w:rsid w:val="00712CF1"/>
-    <w:rsid w:val="00713735"/>
-    <w:rsid w:val="00715A42"/>
     <w:rsid w:val="0072084E"/>
     <w:rsid w:val="00721410"/>
     <w:rsid w:val="007234C2"/>
     <w:rsid w:val="00726A6B"/>
     <w:rsid w:val="0073015A"/>
     <w:rsid w:val="007320A9"/>
     <w:rsid w:val="007350B3"/>
     <w:rsid w:val="00736BEF"/>
     <w:rsid w:val="00741D8E"/>
     <w:rsid w:val="0074217D"/>
     <w:rsid w:val="00744174"/>
     <w:rsid w:val="00744315"/>
-    <w:rsid w:val="00745F04"/>
     <w:rsid w:val="0074640A"/>
     <w:rsid w:val="00747565"/>
     <w:rsid w:val="00756BC8"/>
     <w:rsid w:val="00760131"/>
     <w:rsid w:val="00760AB3"/>
     <w:rsid w:val="00761253"/>
     <w:rsid w:val="0076399D"/>
     <w:rsid w:val="00763A20"/>
     <w:rsid w:val="00763D3C"/>
     <w:rsid w:val="00765FAB"/>
     <w:rsid w:val="00770362"/>
     <w:rsid w:val="007717EC"/>
     <w:rsid w:val="007726B8"/>
     <w:rsid w:val="007726BE"/>
     <w:rsid w:val="007728AA"/>
     <w:rsid w:val="0077571E"/>
     <w:rsid w:val="0077601F"/>
     <w:rsid w:val="0077622C"/>
     <w:rsid w:val="007818CC"/>
     <w:rsid w:val="00783B40"/>
     <w:rsid w:val="00784765"/>
     <w:rsid w:val="0078481F"/>
     <w:rsid w:val="007858FB"/>
     <w:rsid w:val="00786481"/>
     <w:rsid w:val="00792933"/>
     <w:rsid w:val="00795267"/>
     <w:rsid w:val="0079664B"/>
     <w:rsid w:val="007A13ED"/>
     <w:rsid w:val="007A380E"/>
     <w:rsid w:val="007A5692"/>
     <w:rsid w:val="007B01F9"/>
     <w:rsid w:val="007B04F2"/>
     <w:rsid w:val="007B0D2D"/>
     <w:rsid w:val="007B3102"/>
     <w:rsid w:val="007B5195"/>
     <w:rsid w:val="007B6445"/>
-    <w:rsid w:val="007C4A0C"/>
     <w:rsid w:val="007D0C44"/>
     <w:rsid w:val="007D4608"/>
     <w:rsid w:val="007E0C8B"/>
     <w:rsid w:val="007E1D23"/>
     <w:rsid w:val="007E396B"/>
     <w:rsid w:val="007E3D05"/>
     <w:rsid w:val="007E3F83"/>
     <w:rsid w:val="007E5B2C"/>
     <w:rsid w:val="007E7478"/>
     <w:rsid w:val="007E7F85"/>
     <w:rsid w:val="007F10A0"/>
     <w:rsid w:val="007F182F"/>
     <w:rsid w:val="007F47CC"/>
     <w:rsid w:val="007F5179"/>
-    <w:rsid w:val="007F53CA"/>
     <w:rsid w:val="007F6B9A"/>
     <w:rsid w:val="007F716D"/>
     <w:rsid w:val="00803DA4"/>
     <w:rsid w:val="0080522B"/>
     <w:rsid w:val="00805D61"/>
     <w:rsid w:val="00805D8F"/>
     <w:rsid w:val="008077B4"/>
     <w:rsid w:val="00810A9E"/>
     <w:rsid w:val="00812614"/>
     <w:rsid w:val="00817AF6"/>
     <w:rsid w:val="00822316"/>
     <w:rsid w:val="0082429B"/>
     <w:rsid w:val="00824FD0"/>
     <w:rsid w:val="00825F8F"/>
     <w:rsid w:val="00833BC0"/>
     <w:rsid w:val="00837245"/>
     <w:rsid w:val="008418D4"/>
     <w:rsid w:val="00841EF7"/>
     <w:rsid w:val="008425FE"/>
     <w:rsid w:val="0084294C"/>
     <w:rsid w:val="0084595E"/>
     <w:rsid w:val="008536A2"/>
     <w:rsid w:val="00853744"/>
-    <w:rsid w:val="00854B6A"/>
     <w:rsid w:val="00855B22"/>
     <w:rsid w:val="00855FC4"/>
     <w:rsid w:val="00857785"/>
     <w:rsid w:val="00857B77"/>
     <w:rsid w:val="008628FA"/>
     <w:rsid w:val="0086408E"/>
     <w:rsid w:val="008644C4"/>
     <w:rsid w:val="00864B19"/>
     <w:rsid w:val="008655A5"/>
     <w:rsid w:val="00865BFB"/>
     <w:rsid w:val="00870717"/>
     <w:rsid w:val="00870D50"/>
     <w:rsid w:val="00871C1D"/>
     <w:rsid w:val="008731B3"/>
     <w:rsid w:val="008737DB"/>
-    <w:rsid w:val="00873D77"/>
     <w:rsid w:val="008757BB"/>
     <w:rsid w:val="008814E1"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00887714"/>
     <w:rsid w:val="00887EE5"/>
     <w:rsid w:val="0089039E"/>
     <w:rsid w:val="008903BB"/>
     <w:rsid w:val="00892D8B"/>
     <w:rsid w:val="0089496F"/>
     <w:rsid w:val="008951D4"/>
     <w:rsid w:val="008964D8"/>
     <w:rsid w:val="00897966"/>
     <w:rsid w:val="008A0E73"/>
     <w:rsid w:val="008A36F9"/>
     <w:rsid w:val="008A4ED3"/>
     <w:rsid w:val="008A74EE"/>
     <w:rsid w:val="008A7A7B"/>
     <w:rsid w:val="008B0756"/>
     <w:rsid w:val="008B0CB2"/>
     <w:rsid w:val="008B31E9"/>
     <w:rsid w:val="008B4189"/>
     <w:rsid w:val="008B5C87"/>
     <w:rsid w:val="008B79B5"/>
     <w:rsid w:val="008C0337"/>
     <w:rsid w:val="008D006D"/>
@@ -29539,51 +29927,50 @@
     <w:rsid w:val="00915C47"/>
     <w:rsid w:val="009165D5"/>
     <w:rsid w:val="00916E18"/>
     <w:rsid w:val="00920913"/>
     <w:rsid w:val="00920F3E"/>
     <w:rsid w:val="00925857"/>
     <w:rsid w:val="00925BDB"/>
     <w:rsid w:val="00926B91"/>
     <w:rsid w:val="009273AE"/>
     <w:rsid w:val="0092742E"/>
     <w:rsid w:val="00927916"/>
     <w:rsid w:val="00927F60"/>
     <w:rsid w:val="00934952"/>
     <w:rsid w:val="009375A6"/>
     <w:rsid w:val="009440BC"/>
     <w:rsid w:val="00946624"/>
     <w:rsid w:val="00947952"/>
     <w:rsid w:val="0095194A"/>
     <w:rsid w:val="00951D32"/>
     <w:rsid w:val="009523DC"/>
     <w:rsid w:val="00952BAD"/>
     <w:rsid w:val="009533BC"/>
     <w:rsid w:val="009542B2"/>
     <w:rsid w:val="009550A0"/>
     <w:rsid w:val="00955C7B"/>
-    <w:rsid w:val="00956BD1"/>
     <w:rsid w:val="00957C10"/>
     <w:rsid w:val="009614E9"/>
     <w:rsid w:val="00963993"/>
     <w:rsid w:val="00965938"/>
     <w:rsid w:val="00965F21"/>
     <w:rsid w:val="009664B5"/>
     <w:rsid w:val="00967D4A"/>
     <w:rsid w:val="00971661"/>
     <w:rsid w:val="00972384"/>
     <w:rsid w:val="00974413"/>
     <w:rsid w:val="00976FF6"/>
     <w:rsid w:val="0097797B"/>
     <w:rsid w:val="00981179"/>
     <w:rsid w:val="0098534C"/>
     <w:rsid w:val="0098622E"/>
     <w:rsid w:val="00986644"/>
     <w:rsid w:val="0099182D"/>
     <w:rsid w:val="00994676"/>
     <w:rsid w:val="009A07DB"/>
     <w:rsid w:val="009A154F"/>
     <w:rsid w:val="009A15C4"/>
     <w:rsid w:val="009A2AB3"/>
     <w:rsid w:val="009A46A2"/>
     <w:rsid w:val="009A4D84"/>
     <w:rsid w:val="009A4D94"/>
@@ -29630,76 +30017,74 @@
     <w:rsid w:val="00A31876"/>
     <w:rsid w:val="00A3330F"/>
     <w:rsid w:val="00A34022"/>
     <w:rsid w:val="00A35D6C"/>
     <w:rsid w:val="00A3676A"/>
     <w:rsid w:val="00A41377"/>
     <w:rsid w:val="00A42291"/>
     <w:rsid w:val="00A43CEA"/>
     <w:rsid w:val="00A450F9"/>
     <w:rsid w:val="00A50D95"/>
     <w:rsid w:val="00A51485"/>
     <w:rsid w:val="00A525BE"/>
     <w:rsid w:val="00A53E5E"/>
     <w:rsid w:val="00A54C01"/>
     <w:rsid w:val="00A55CE6"/>
     <w:rsid w:val="00A62EC5"/>
     <w:rsid w:val="00A646B3"/>
     <w:rsid w:val="00A64826"/>
     <w:rsid w:val="00A66D99"/>
     <w:rsid w:val="00A67012"/>
     <w:rsid w:val="00A724E4"/>
     <w:rsid w:val="00A72B24"/>
     <w:rsid w:val="00A73575"/>
     <w:rsid w:val="00A73837"/>
     <w:rsid w:val="00A742F2"/>
-    <w:rsid w:val="00A8149F"/>
     <w:rsid w:val="00A8312F"/>
     <w:rsid w:val="00A84C56"/>
     <w:rsid w:val="00A84C7F"/>
     <w:rsid w:val="00A85322"/>
     <w:rsid w:val="00A8620B"/>
     <w:rsid w:val="00A87F5C"/>
     <w:rsid w:val="00A900C3"/>
     <w:rsid w:val="00A90224"/>
     <w:rsid w:val="00A91DF2"/>
     <w:rsid w:val="00A94B2F"/>
     <w:rsid w:val="00A95BCB"/>
     <w:rsid w:val="00A96488"/>
     <w:rsid w:val="00A976C7"/>
     <w:rsid w:val="00A97ECB"/>
     <w:rsid w:val="00AA1CB2"/>
     <w:rsid w:val="00AA1DCB"/>
     <w:rsid w:val="00AA4D64"/>
     <w:rsid w:val="00AA6A0F"/>
     <w:rsid w:val="00AA6B58"/>
     <w:rsid w:val="00AA6CDA"/>
     <w:rsid w:val="00AA7969"/>
     <w:rsid w:val="00AB1182"/>
     <w:rsid w:val="00AB37E9"/>
     <w:rsid w:val="00AC0B04"/>
-    <w:rsid w:val="00AC1DCD"/>
     <w:rsid w:val="00AC5144"/>
     <w:rsid w:val="00AD1389"/>
     <w:rsid w:val="00AD4573"/>
     <w:rsid w:val="00AD5CAA"/>
     <w:rsid w:val="00AD6921"/>
     <w:rsid w:val="00AE0FF9"/>
     <w:rsid w:val="00AE1101"/>
     <w:rsid w:val="00AE2D69"/>
     <w:rsid w:val="00AE789D"/>
     <w:rsid w:val="00AF0CA7"/>
     <w:rsid w:val="00AF6022"/>
     <w:rsid w:val="00B020AF"/>
     <w:rsid w:val="00B03DA0"/>
     <w:rsid w:val="00B05493"/>
     <w:rsid w:val="00B104BD"/>
     <w:rsid w:val="00B118E1"/>
     <w:rsid w:val="00B12A22"/>
     <w:rsid w:val="00B14DE6"/>
     <w:rsid w:val="00B16FAB"/>
     <w:rsid w:val="00B24A06"/>
     <w:rsid w:val="00B27440"/>
     <w:rsid w:val="00B303B1"/>
     <w:rsid w:val="00B31997"/>
     <w:rsid w:val="00B3462B"/>
     <w:rsid w:val="00B37D2C"/>
@@ -29707,67 +30092,65 @@
     <w:rsid w:val="00B41C5D"/>
     <w:rsid w:val="00B42634"/>
     <w:rsid w:val="00B44AEE"/>
     <w:rsid w:val="00B44E28"/>
     <w:rsid w:val="00B45658"/>
     <w:rsid w:val="00B47148"/>
     <w:rsid w:val="00B47977"/>
     <w:rsid w:val="00B47E61"/>
     <w:rsid w:val="00B47F69"/>
     <w:rsid w:val="00B5059F"/>
     <w:rsid w:val="00B505C7"/>
     <w:rsid w:val="00B5320D"/>
     <w:rsid w:val="00B53F81"/>
     <w:rsid w:val="00B60A5B"/>
     <w:rsid w:val="00B616BC"/>
     <w:rsid w:val="00B619BD"/>
     <w:rsid w:val="00B626F7"/>
     <w:rsid w:val="00B63645"/>
     <w:rsid w:val="00B64453"/>
     <w:rsid w:val="00B65CD9"/>
     <w:rsid w:val="00B672BF"/>
     <w:rsid w:val="00B67A24"/>
     <w:rsid w:val="00B74F5B"/>
     <w:rsid w:val="00B77942"/>
     <w:rsid w:val="00B77B74"/>
-    <w:rsid w:val="00B82CA7"/>
     <w:rsid w:val="00B85FE5"/>
     <w:rsid w:val="00B900B7"/>
     <w:rsid w:val="00B900E0"/>
     <w:rsid w:val="00B9183B"/>
     <w:rsid w:val="00B93934"/>
     <w:rsid w:val="00BA5C09"/>
     <w:rsid w:val="00BB55E8"/>
     <w:rsid w:val="00BC12C9"/>
     <w:rsid w:val="00BC1D1A"/>
     <w:rsid w:val="00BC1F62"/>
     <w:rsid w:val="00BC3394"/>
     <w:rsid w:val="00BC5B02"/>
     <w:rsid w:val="00BC742B"/>
     <w:rsid w:val="00BD6333"/>
     <w:rsid w:val="00BE344D"/>
-    <w:rsid w:val="00BE44D7"/>
     <w:rsid w:val="00BE48DD"/>
     <w:rsid w:val="00BE5FAA"/>
     <w:rsid w:val="00BF0137"/>
     <w:rsid w:val="00BF6161"/>
     <w:rsid w:val="00BF7EB0"/>
     <w:rsid w:val="00BF7F81"/>
     <w:rsid w:val="00C00644"/>
     <w:rsid w:val="00C10647"/>
     <w:rsid w:val="00C13375"/>
     <w:rsid w:val="00C148DF"/>
     <w:rsid w:val="00C14A56"/>
     <w:rsid w:val="00C15BEA"/>
     <w:rsid w:val="00C16DD5"/>
     <w:rsid w:val="00C17E99"/>
     <w:rsid w:val="00C2145D"/>
     <w:rsid w:val="00C2242E"/>
     <w:rsid w:val="00C25D1B"/>
     <w:rsid w:val="00C27F62"/>
     <w:rsid w:val="00C32EFA"/>
     <w:rsid w:val="00C33A88"/>
     <w:rsid w:val="00C41C7F"/>
     <w:rsid w:val="00C42C27"/>
     <w:rsid w:val="00C432B5"/>
     <w:rsid w:val="00C46840"/>
     <w:rsid w:val="00C523B4"/>
@@ -29776,135 +30159,132 @@
     <w:rsid w:val="00C62800"/>
     <w:rsid w:val="00C63148"/>
     <w:rsid w:val="00C64CE0"/>
     <w:rsid w:val="00C67343"/>
     <w:rsid w:val="00C67A1F"/>
     <w:rsid w:val="00C71118"/>
     <w:rsid w:val="00C75916"/>
     <w:rsid w:val="00C77BC0"/>
     <w:rsid w:val="00C77D19"/>
     <w:rsid w:val="00C80520"/>
     <w:rsid w:val="00C82384"/>
     <w:rsid w:val="00C84321"/>
     <w:rsid w:val="00C879DE"/>
     <w:rsid w:val="00C9001F"/>
     <w:rsid w:val="00C92328"/>
     <w:rsid w:val="00C928DE"/>
     <w:rsid w:val="00C94CF3"/>
     <w:rsid w:val="00C967FF"/>
     <w:rsid w:val="00CA0361"/>
     <w:rsid w:val="00CA2E1A"/>
     <w:rsid w:val="00CA55A9"/>
     <w:rsid w:val="00CA5B22"/>
     <w:rsid w:val="00CA7266"/>
     <w:rsid w:val="00CB0674"/>
     <w:rsid w:val="00CB399C"/>
-    <w:rsid w:val="00CB4A1F"/>
     <w:rsid w:val="00CB4CF1"/>
     <w:rsid w:val="00CB5FCF"/>
     <w:rsid w:val="00CC02E8"/>
     <w:rsid w:val="00CC4A14"/>
     <w:rsid w:val="00CC5B52"/>
     <w:rsid w:val="00CD13B1"/>
     <w:rsid w:val="00CD36F9"/>
     <w:rsid w:val="00CD3835"/>
     <w:rsid w:val="00CD4B1C"/>
     <w:rsid w:val="00CD4CC4"/>
     <w:rsid w:val="00CD4DE4"/>
     <w:rsid w:val="00CD5187"/>
     <w:rsid w:val="00CE3F98"/>
     <w:rsid w:val="00D02632"/>
     <w:rsid w:val="00D02ED1"/>
     <w:rsid w:val="00D02FE8"/>
     <w:rsid w:val="00D12B5D"/>
     <w:rsid w:val="00D14505"/>
     <w:rsid w:val="00D205A6"/>
     <w:rsid w:val="00D23F39"/>
     <w:rsid w:val="00D24E62"/>
     <w:rsid w:val="00D25514"/>
     <w:rsid w:val="00D25EFB"/>
     <w:rsid w:val="00D33912"/>
     <w:rsid w:val="00D371F0"/>
     <w:rsid w:val="00D4276E"/>
     <w:rsid w:val="00D433E8"/>
     <w:rsid w:val="00D456E4"/>
     <w:rsid w:val="00D46E5C"/>
     <w:rsid w:val="00D50EDE"/>
     <w:rsid w:val="00D51AE5"/>
     <w:rsid w:val="00D520E0"/>
     <w:rsid w:val="00D526B9"/>
     <w:rsid w:val="00D62754"/>
     <w:rsid w:val="00D62CCB"/>
     <w:rsid w:val="00D62D1F"/>
     <w:rsid w:val="00D6400A"/>
     <w:rsid w:val="00D64314"/>
     <w:rsid w:val="00D65457"/>
     <w:rsid w:val="00D7033D"/>
     <w:rsid w:val="00D71F56"/>
     <w:rsid w:val="00D75DC5"/>
     <w:rsid w:val="00D76F99"/>
     <w:rsid w:val="00D774FB"/>
     <w:rsid w:val="00D80227"/>
-    <w:rsid w:val="00D811D0"/>
     <w:rsid w:val="00D813F5"/>
     <w:rsid w:val="00D819DD"/>
     <w:rsid w:val="00D81BDB"/>
     <w:rsid w:val="00D83C8D"/>
     <w:rsid w:val="00D83ECE"/>
     <w:rsid w:val="00D86EF9"/>
     <w:rsid w:val="00D90021"/>
     <w:rsid w:val="00D90BE0"/>
     <w:rsid w:val="00D913BF"/>
     <w:rsid w:val="00D95593"/>
     <w:rsid w:val="00D9702C"/>
     <w:rsid w:val="00DA0F21"/>
     <w:rsid w:val="00DA481E"/>
     <w:rsid w:val="00DA57D1"/>
     <w:rsid w:val="00DA6C52"/>
     <w:rsid w:val="00DB1168"/>
     <w:rsid w:val="00DB19E5"/>
     <w:rsid w:val="00DB3B30"/>
     <w:rsid w:val="00DC22FB"/>
     <w:rsid w:val="00DC39C2"/>
     <w:rsid w:val="00DC3B1F"/>
     <w:rsid w:val="00DC4D7A"/>
     <w:rsid w:val="00DC5C92"/>
     <w:rsid w:val="00DD0F6B"/>
     <w:rsid w:val="00DD2638"/>
     <w:rsid w:val="00DD40DA"/>
     <w:rsid w:val="00DD5533"/>
     <w:rsid w:val="00DD57D6"/>
     <w:rsid w:val="00DE04FC"/>
     <w:rsid w:val="00DE0B6E"/>
     <w:rsid w:val="00DE1100"/>
     <w:rsid w:val="00DE1E4B"/>
     <w:rsid w:val="00DE2C4A"/>
     <w:rsid w:val="00DE2E0E"/>
     <w:rsid w:val="00DE34BB"/>
     <w:rsid w:val="00DE624A"/>
     <w:rsid w:val="00DE6F85"/>
-    <w:rsid w:val="00DE7965"/>
     <w:rsid w:val="00DE7F13"/>
     <w:rsid w:val="00DF09DD"/>
     <w:rsid w:val="00E01658"/>
     <w:rsid w:val="00E02106"/>
     <w:rsid w:val="00E0422E"/>
     <w:rsid w:val="00E04B83"/>
     <w:rsid w:val="00E04D24"/>
     <w:rsid w:val="00E04D48"/>
     <w:rsid w:val="00E1132B"/>
     <w:rsid w:val="00E144CA"/>
     <w:rsid w:val="00E144E3"/>
     <w:rsid w:val="00E1531E"/>
     <w:rsid w:val="00E16907"/>
     <w:rsid w:val="00E205CF"/>
     <w:rsid w:val="00E21117"/>
     <w:rsid w:val="00E22BDA"/>
     <w:rsid w:val="00E2429B"/>
     <w:rsid w:val="00E258B0"/>
     <w:rsid w:val="00E258EC"/>
     <w:rsid w:val="00E26DC1"/>
     <w:rsid w:val="00E30873"/>
     <w:rsid w:val="00E30CCA"/>
     <w:rsid w:val="00E3318B"/>
     <w:rsid w:val="00E33F8E"/>
     <w:rsid w:val="00E3500E"/>
@@ -29920,83 +30300,80 @@
     <w:rsid w:val="00E6219E"/>
     <w:rsid w:val="00E62512"/>
     <w:rsid w:val="00E629E3"/>
     <w:rsid w:val="00E6483D"/>
     <w:rsid w:val="00E65F5D"/>
     <w:rsid w:val="00E676E7"/>
     <w:rsid w:val="00E67BC3"/>
     <w:rsid w:val="00E71982"/>
     <w:rsid w:val="00E74AA1"/>
     <w:rsid w:val="00E776CD"/>
     <w:rsid w:val="00E80237"/>
     <w:rsid w:val="00E81520"/>
     <w:rsid w:val="00E833EE"/>
     <w:rsid w:val="00E835CB"/>
     <w:rsid w:val="00E84516"/>
     <w:rsid w:val="00E8579A"/>
     <w:rsid w:val="00E86ECF"/>
     <w:rsid w:val="00E90623"/>
     <w:rsid w:val="00E90F40"/>
     <w:rsid w:val="00E9307C"/>
     <w:rsid w:val="00E9331B"/>
     <w:rsid w:val="00E9345E"/>
     <w:rsid w:val="00E9460B"/>
     <w:rsid w:val="00E9721B"/>
     <w:rsid w:val="00E97473"/>
-    <w:rsid w:val="00E97589"/>
     <w:rsid w:val="00EA2B1C"/>
     <w:rsid w:val="00EB0961"/>
     <w:rsid w:val="00EB1998"/>
     <w:rsid w:val="00EB2F9F"/>
     <w:rsid w:val="00EB3561"/>
     <w:rsid w:val="00EB521B"/>
     <w:rsid w:val="00EB55D7"/>
     <w:rsid w:val="00EC1B48"/>
     <w:rsid w:val="00EC42A8"/>
     <w:rsid w:val="00EC493A"/>
     <w:rsid w:val="00EC6355"/>
     <w:rsid w:val="00EC6B1D"/>
     <w:rsid w:val="00EC71A9"/>
     <w:rsid w:val="00ED02A1"/>
     <w:rsid w:val="00ED0B90"/>
     <w:rsid w:val="00EE03EF"/>
     <w:rsid w:val="00EE4888"/>
-    <w:rsid w:val="00EE508B"/>
     <w:rsid w:val="00EF08E7"/>
     <w:rsid w:val="00EF3041"/>
     <w:rsid w:val="00EF5D56"/>
     <w:rsid w:val="00EF5FA3"/>
     <w:rsid w:val="00EF626E"/>
     <w:rsid w:val="00EF6676"/>
     <w:rsid w:val="00EF70B5"/>
     <w:rsid w:val="00EF71F5"/>
     <w:rsid w:val="00F02B7C"/>
     <w:rsid w:val="00F036F1"/>
     <w:rsid w:val="00F05B39"/>
     <w:rsid w:val="00F115FD"/>
     <w:rsid w:val="00F133C0"/>
-    <w:rsid w:val="00F16058"/>
     <w:rsid w:val="00F17D48"/>
     <w:rsid w:val="00F23FE7"/>
     <w:rsid w:val="00F24200"/>
     <w:rsid w:val="00F26E5D"/>
     <w:rsid w:val="00F30BF0"/>
     <w:rsid w:val="00F31075"/>
     <w:rsid w:val="00F31507"/>
     <w:rsid w:val="00F32715"/>
     <w:rsid w:val="00F32C32"/>
     <w:rsid w:val="00F3501B"/>
     <w:rsid w:val="00F3761F"/>
     <w:rsid w:val="00F4246C"/>
     <w:rsid w:val="00F42CA5"/>
     <w:rsid w:val="00F4380B"/>
     <w:rsid w:val="00F45A98"/>
     <w:rsid w:val="00F470F2"/>
     <w:rsid w:val="00F47F72"/>
     <w:rsid w:val="00F5381A"/>
     <w:rsid w:val="00F56548"/>
     <w:rsid w:val="00F57925"/>
     <w:rsid w:val="00F6002D"/>
     <w:rsid w:val="00F609FB"/>
     <w:rsid w:val="00F60A6C"/>
     <w:rsid w:val="00F61207"/>
     <w:rsid w:val="00F66BAF"/>
@@ -30047,51 +30424,51 @@
     <w:rsid w:val="4F0DFE18"/>
     <w:rsid w:val="6FEAA097"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="60216CB0"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{576D0536-A5DD-44BA-82C9-24FF2540CE57}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CA" w:eastAsia="fr-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -30830,60 +31207,50 @@
       <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Note">
     <w:name w:val="Note"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0044138E"/>
     <w:rPr>
       <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="53555A"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
     <w:name w:val="Commentaire Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Commentaire"/>
     <w:semiHidden/>
     <w:rsid w:val="00911F15"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rvision">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="14429922">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="456796559">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -31291,52 +31658,63 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="8aabb67c76b52066bc42c12ff2dd6947">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ea4195b1c36e97c99d2ba593e55c501" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0d92f56c-7019-4176-a99a-4a6f75ef270c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="51c55d67-e85e-49a9-b476-a08c3bd3f696" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="0fecda5135354340bf3aacc236fea129">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6f2e040ff16ab907c94d25a8941d03e9" ns2:_="" ns3:_="">
     <xsd:import namespace="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <xsd:import namespace="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -31531,135 +31909,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{534D34AF-1A00-4463-A9EB-3D854F03EF52}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
+    <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8511C824-8786-494E-AE67-325CB1452F08}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37E9E3F1-95FD-4260-A6A0-E766EE890AC3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{534D34AF-1A00-4463-A9EB-3D854F03EF52}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FBAF04A-3AE6-E242-B9ED-1590144DF945}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7067A75-D070-4728-B417-78850902E9AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2144</Words>
-  <Characters>10380</Characters>
+  <Words>2150</Words>
+  <Characters>10388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1153</Lines>
-  <Paragraphs>894</Paragraphs>
+  <Lines>1154</Lines>
+  <Paragraphs>895</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Ouellet Canada inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11630</CharactersWithSpaces>
+  <CharactersWithSpaces>11643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Série</dc:title>
   <dc:subject/>
   <dc:creator>Véronique Tremblay</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010048FEC88795A14C4EA971A7BDE3F32F98</vt:lpwstr>
   </property>