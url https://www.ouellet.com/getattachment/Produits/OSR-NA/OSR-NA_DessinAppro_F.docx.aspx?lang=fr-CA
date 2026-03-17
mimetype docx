--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -11285,51 +11285,51 @@
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1869AC17" w14:textId="77777777" w:rsidR="002B7382" w:rsidRPr="002770D8" w:rsidRDefault="002B7382" w:rsidP="00F74502">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002770D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>277V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7382" w:rsidRPr="003360F5" w14:paraId="583FF0B9" w14:textId="77777777" w:rsidTr="00F74502">
+      <w:tr w:rsidR="002B7382" w:rsidRPr="000A207E" w14:paraId="583FF0B9" w14:textId="77777777" w:rsidTr="00F74502">
         <w:trPr>
           <w:trHeight w:val="216"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B0B9C90" w14:textId="77777777" w:rsidR="002B7382" w:rsidRPr="002770D8" w:rsidRDefault="002B7382" w:rsidP="00F74502">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002770D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
@@ -16126,477 +16126,342 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53797387" w14:textId="1440F066" w:rsidR="00B40054" w:rsidRPr="00B40054" w:rsidRDefault="63B5F13A" w:rsidP="7D6C6CB7">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002770D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62C603BE" w14:textId="284B34FF" w:rsidR="000D01BE" w:rsidRPr="009936CD" w:rsidRDefault="0059276D" w:rsidP="00F667D9">
+    <w:p w14:paraId="62C603BE" w14:textId="77777777" w:rsidR="000D01BE" w:rsidRDefault="0059276D" w:rsidP="00F667D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
           <w:tab w:val="left" w:pos="4605"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009936CD">
+      <w:r w:rsidRPr="00F667D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">En raison de la propriété d’autorégulation du câble, la densité linéaire </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005C53E2" w:rsidRPr="009936CD">
+        <w:t>En raison de la propriété d’autorégulation du câble, la densité linéaire peut atteindre jusqu’à 11W/pi (120V) et 13W/pi (240V) lorsque le câble est enfoui dans la neige ou la glace :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F667D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">augmente </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009936CD">
+        <w:t xml:space="preserve"> «densité</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F667D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">lorsque le câble est </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005C53E2" w:rsidRPr="009936CD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F667D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>exposé à de</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009936CD">
+        <w:t>humide»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F667D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la neige ou </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618A7E8A" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="009936CD" w:rsidRDefault="005030E0" w:rsidP="00F667D9">
+    <w:p w14:paraId="618A7E8A" w14:textId="77777777" w:rsidR="005030E0" w:rsidRDefault="005030E0" w:rsidP="00F667D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
           <w:tab w:val="left" w:pos="4605"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19257144" w14:textId="102B5E14" w:rsidR="005030E0" w:rsidRPr="009936CD" w:rsidRDefault="005030E0" w:rsidP="00F667D9">
+    <w:p w14:paraId="19257144" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="005030E0" w:rsidRDefault="005030E0" w:rsidP="00F667D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
           <w:tab w:val="left" w:pos="4605"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009936CD">
+      <w:r w:rsidRPr="005030E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Puissance </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> la glace</w:t>
+        <w:t>Puissances émises du câble selon l'environnement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C76FE37" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="009936CD" w:rsidRDefault="005030E0" w:rsidP="005030E0">
+    <w:p w14:paraId="4C76FE37" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A0F42BB" w14:textId="1219968A" w:rsidR="00B865ED" w:rsidRPr="003360F5" w:rsidRDefault="00B865ED" w:rsidP="005030E0">
-[...23 lines deleted...]
-    <w:p w14:paraId="0C036CE2" w14:textId="04A624A2" w:rsidR="005030E0" w:rsidRPr="00FB6C2C" w:rsidRDefault="005030E0" w:rsidP="005030E0">
+    <w:p w14:paraId="0C036CE2" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6C2C">
+      <w:r w:rsidRPr="00DE1074">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dans la neige et la glace </w:t>
+        <w:t>Dans la neige et la glace (120V)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A74D8F7" w14:textId="0A97FDBC" w:rsidR="005030E0" w:rsidRPr="009936CD" w:rsidRDefault="005030E0" w:rsidP="005030E0">
+    <w:p w14:paraId="7A74D8F7" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009936CD">
+      <w:r w:rsidRPr="00DE1074">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>• 11W/pi @ 50 °F (36W/m @ 10 °C)</w:t>
+        <w:t>• 11 W/pi @ 50 °F (36W/m @ 10 °C)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB464C7" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="009936CD" w:rsidRDefault="005030E0" w:rsidP="005030E0">
+    <w:p w14:paraId="6FB464C7" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009936CD">
+      <w:r w:rsidRPr="00DE1074">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>À l’air sec</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768B199B" w14:textId="60261496" w:rsidR="005030E0" w:rsidRPr="009936CD" w:rsidRDefault="005030E0" w:rsidP="005030E0">
+    <w:p w14:paraId="768B199B" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009936CD">
+      <w:r w:rsidRPr="00DE1074">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>• 7W/pi @ 50 °F (23W/m @ 10 °C)</w:t>
+        <w:t>• 7 W/pi @ 50 °F (23W/m @ 10 °C)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEF91BB" w14:textId="77777777" w:rsidR="00B865ED" w:rsidRPr="009936CD" w:rsidRDefault="00B865ED" w:rsidP="005030E0">
+    <w:p w14:paraId="51623E20" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...28 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      <w:r w:rsidRPr="00DE1074">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009936CD">
+        <w:t>Dans la neige et la glace (240/208V)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F64457" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dans la neige et la glace </w:t>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1074">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009936CD">
+        <w:t>• 13 W/pi @ 50 °F (42W/m @ 10 °C)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A89AF7" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>• 13W/pi @ 50 °F (42W/m @ 10 °C)</w:t>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1074">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009936CD">
+        <w:t>À l’air sec</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594DDC02" w14:textId="77777777" w:rsidR="005030E0" w:rsidRPr="00DE1074" w:rsidRDefault="005030E0" w:rsidP="005030E0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>À l’air sec</w:t>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7CF0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t>• 8W/pi @ 50 °F (26W/m @ 10 °C)</w:t>
+        <w:t>• 8 W/pi @ 50 °F (26W/m @ 10 °C)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AFE103F" w14:textId="77777777" w:rsidR="0059276D" w:rsidRPr="0059276D" w:rsidRDefault="0059276D" w:rsidP="0059276D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FC1FA5C" w14:textId="77777777" w:rsidR="004204B7" w:rsidRPr="004204B7" w:rsidRDefault="00525CE9" w:rsidP="00F667D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
           <w:tab w:val="left" w:pos="4605"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -20020,97 +19885,70 @@
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> autre</w:t>
       </w:r>
       <w:r w:rsidR="00194889">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B13BB8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> que 500 pi et 1000 pi (minimum de 25 pi).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E818883" w14:textId="77777777" w:rsidR="002C2DD1" w:rsidRPr="00F23619" w:rsidRDefault="002C2DD1" w:rsidP="00072D92">
+    <w:p w14:paraId="24CF8B52" w14:textId="77777777" w:rsidR="00A55CE6" w:rsidRPr="00C33A88" w:rsidRDefault="00B505C7" w:rsidP="00072D92">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...18 lines deleted...]
-        <w:spacing w:before="240"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Options</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2622"/>
         <w:gridCol w:w="7040"/>
         <w:gridCol w:w="1128"/>
       </w:tblGrid>
       <w:tr w:rsidR="00797B42" w:rsidRPr="00C33A88" w14:paraId="2AD52339" w14:textId="77777777" w:rsidTr="000E2BD3">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
@@ -20484,50 +20322,51 @@
       <w:tr w:rsidR="00065D0C" w:rsidRPr="002B2E9A" w14:paraId="4A617522" w14:textId="77777777" w:rsidTr="000E2BD3">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2666" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="372CC4C9" w14:textId="77777777" w:rsidR="00065D0C" w:rsidRPr="005574BB" w:rsidRDefault="00065D0C" w:rsidP="00D35686">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005574BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>EL-CLIC-S</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7203" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B862238" w14:textId="77777777" w:rsidR="00065D0C" w:rsidRPr="00C4664F" w:rsidRDefault="00065D0C" w:rsidP="00D35686">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C4664F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="fr-CA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Connecteur à branchement rapide pour connecter 1 à 3 câbles en ligne ou liaison froide</w:t>
@@ -23789,51 +23628,50 @@
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EBABB5E" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="00C2660A" w:rsidRDefault="00213516" w:rsidP="00E31B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2660A">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>TRF115-007</w:t>
             </w:r>
             <w:r w:rsidRPr="00C2660A">
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey9"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB2CD75" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="00C2660A" w:rsidRDefault="00213516" w:rsidP="00E31B52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -24230,50 +24068,51 @@
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C6E5878" w14:textId="77777777" w:rsidR="005A223F" w:rsidRPr="00210B5E" w:rsidRDefault="005A223F" w:rsidP="005A223F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="TableauBoldGrey11"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>S1-B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2044B994" w14:textId="77777777" w:rsidR="005A223F" w:rsidRPr="00210B5E" w:rsidRDefault="005A223F" w:rsidP="005A223F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004332D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Contrôleur électronique NEMA 4X IP67 à point unique pour câbles chauffants de traçage avec GFEP 30 mA</w:t>
@@ -24709,68 +24548,68 @@
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A6F7C3B" w14:textId="77777777" w:rsidR="0056715E" w:rsidRPr="00C2660A" w:rsidRDefault="0056715E" w:rsidP="0056715E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00213516" w:rsidRPr="00C2660A" w14:paraId="58727CA8" w14:textId="77777777" w:rsidTr="00E31B52">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20EDDA2D" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="005C53E2" w:rsidRDefault="00213516" w:rsidP="00E31B52">
+          <w:p w14:paraId="20EDDA2D" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="00C2660A" w:rsidRDefault="00213516" w:rsidP="00E31B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="de-DE"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005C53E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C6A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="de-DE" w:eastAsia="fr-FR"/>
+                <w:lang w:val="en-CA" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>TM-1SIH1-E5-RTD-A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FD7AD56" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="00C2660A" w:rsidRDefault="00213516" w:rsidP="00E31B52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2660A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Thermostat électronique DDFT simple circuit à 120V </w:t>
@@ -24799,68 +24638,68 @@
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7021B6E6" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="00C2660A" w:rsidRDefault="00213516" w:rsidP="00E31B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00213516" w:rsidRPr="00C2660A" w14:paraId="0CE7CB78" w14:textId="77777777" w:rsidTr="00E31B52">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B251079" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="005C53E2" w:rsidRDefault="00213516" w:rsidP="00E31B52">
+          <w:p w14:paraId="3B251079" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="00C2660A" w:rsidRDefault="00213516" w:rsidP="00E31B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="de-DE"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005C53E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C6A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="de-DE" w:eastAsia="fr-FR"/>
+                <w:lang w:val="en-CA" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>TM-1DIH2-E5-RTD-A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17F5CAD3" w14:textId="77777777" w:rsidR="00213516" w:rsidRPr="00C2660A" w:rsidRDefault="00213516" w:rsidP="00653008">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2660A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Thermostat électronique DDFT simple circuit à </w:t>
@@ -26616,58 +26455,58 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="2187"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BB55E8" w:rsidRPr="00BB55E8">
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="806" w:left="720" w:header="720" w:footer="806" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2044195F" w14:textId="77777777" w:rsidR="004F5860" w:rsidRDefault="004F5860">
+    <w:p w14:paraId="3B621919" w14:textId="77777777" w:rsidR="00E343A5" w:rsidRDefault="00E343A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3819FBCC" w14:textId="77777777" w:rsidR="004F5860" w:rsidRDefault="004F5860">
+    <w:p w14:paraId="1A3C48AB" w14:textId="77777777" w:rsidR="00E343A5" w:rsidRDefault="00E343A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -26699,106 +26538,106 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Regular">
     <w:altName w:val="Cambria"/>
-    <w:panose1 w:val="020B0503030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="02040503050306020203"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="020B0603030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
-    <w:panose1 w:val="02040503050306020203"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
-    <w:panose1 w:val="020B0503030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
     <w:altName w:val="Segoe UI Light"/>
-    <w:panose1 w:val="020B0403030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07A4BCB3" w14:textId="403A6B8A" w:rsidR="003C787D" w:rsidRDefault="00C2148C" w:rsidP="003C787D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26925,58 +26764,58 @@
       </w:rPr>
       <w:t xml:space="preserve"> • </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="003C787D" w:rsidRPr="00A51B53">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="13"/>
         </w:rPr>
         <w:t>www.ouellet.com</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="55E7E6E2" w14:textId="77777777" w:rsidR="005B61EC" w:rsidRDefault="005B61EC">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28B21655" w14:textId="77777777" w:rsidR="004F5860" w:rsidRDefault="004F5860">
+    <w:p w14:paraId="5FBCB30A" w14:textId="77777777" w:rsidR="00E343A5" w:rsidRDefault="00E343A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12CFC1CF" w14:textId="77777777" w:rsidR="004F5860" w:rsidRDefault="004F5860">
+    <w:p w14:paraId="1D755E9C" w14:textId="77777777" w:rsidR="00E343A5" w:rsidRDefault="00E343A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A83D708" w14:textId="690D3082" w:rsidR="005B61EC" w:rsidRDefault="00C2148C" w:rsidP="00473C1A">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:spacing w:before="160" w:after="120"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -28988,101 +28827,100 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2027825342">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="948199402">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1420298774">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="710496449">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="706"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B387B"/>
     <w:rsid w:val="00000911"/>
     <w:rsid w:val="00001C9B"/>
     <w:rsid w:val="00002869"/>
     <w:rsid w:val="00003B19"/>
     <w:rsid w:val="00010EBA"/>
     <w:rsid w:val="00012A9E"/>
     <w:rsid w:val="000163C1"/>
     <w:rsid w:val="00016DD8"/>
     <w:rsid w:val="000207BA"/>
     <w:rsid w:val="00020CE2"/>
     <w:rsid w:val="0002147B"/>
     <w:rsid w:val="000217A5"/>
     <w:rsid w:val="00025FE8"/>
     <w:rsid w:val="00026A62"/>
     <w:rsid w:val="00035578"/>
     <w:rsid w:val="0003595A"/>
     <w:rsid w:val="0003665C"/>
     <w:rsid w:val="00037680"/>
-    <w:rsid w:val="00043DFF"/>
     <w:rsid w:val="000456DD"/>
     <w:rsid w:val="00050652"/>
     <w:rsid w:val="000519DC"/>
     <w:rsid w:val="0005627C"/>
     <w:rsid w:val="000565F9"/>
     <w:rsid w:val="00057AEC"/>
     <w:rsid w:val="00060A05"/>
     <w:rsid w:val="00060E8B"/>
     <w:rsid w:val="00061160"/>
     <w:rsid w:val="0006227C"/>
     <w:rsid w:val="0006309F"/>
     <w:rsid w:val="000634EB"/>
     <w:rsid w:val="00064972"/>
     <w:rsid w:val="00065D0C"/>
     <w:rsid w:val="0006674E"/>
     <w:rsid w:val="00066B92"/>
     <w:rsid w:val="00070C77"/>
     <w:rsid w:val="00071749"/>
     <w:rsid w:val="00071BC9"/>
     <w:rsid w:val="00072C67"/>
     <w:rsid w:val="00072D92"/>
     <w:rsid w:val="00075E1F"/>
     <w:rsid w:val="00076516"/>
     <w:rsid w:val="00076B4C"/>
     <w:rsid w:val="00081C5C"/>
@@ -29155,51 +28993,50 @@
     <w:rsid w:val="001717AF"/>
     <w:rsid w:val="0017221B"/>
     <w:rsid w:val="00173E17"/>
     <w:rsid w:val="001807AF"/>
     <w:rsid w:val="001816FC"/>
     <w:rsid w:val="00183678"/>
     <w:rsid w:val="0018432F"/>
     <w:rsid w:val="00185DE8"/>
     <w:rsid w:val="00186BD9"/>
     <w:rsid w:val="0019322D"/>
     <w:rsid w:val="00194889"/>
     <w:rsid w:val="00195B95"/>
     <w:rsid w:val="001965C0"/>
     <w:rsid w:val="001A164E"/>
     <w:rsid w:val="001A3D09"/>
     <w:rsid w:val="001B1296"/>
     <w:rsid w:val="001B1AB4"/>
     <w:rsid w:val="001B2201"/>
     <w:rsid w:val="001B2A2B"/>
     <w:rsid w:val="001B6940"/>
     <w:rsid w:val="001B7673"/>
     <w:rsid w:val="001C2E01"/>
     <w:rsid w:val="001C387E"/>
     <w:rsid w:val="001C4DDB"/>
     <w:rsid w:val="001C53BE"/>
-    <w:rsid w:val="001C7517"/>
     <w:rsid w:val="001C794A"/>
     <w:rsid w:val="001D1B14"/>
     <w:rsid w:val="001D1C94"/>
     <w:rsid w:val="001D24AB"/>
     <w:rsid w:val="001D2844"/>
     <w:rsid w:val="001D3FBA"/>
     <w:rsid w:val="001D4079"/>
     <w:rsid w:val="001D4D85"/>
     <w:rsid w:val="001D5943"/>
     <w:rsid w:val="001E2746"/>
     <w:rsid w:val="001E31DF"/>
     <w:rsid w:val="001E35E1"/>
     <w:rsid w:val="001E46E0"/>
     <w:rsid w:val="001E4A73"/>
     <w:rsid w:val="001E66E8"/>
     <w:rsid w:val="001F0ABC"/>
     <w:rsid w:val="001F2F16"/>
     <w:rsid w:val="001F3757"/>
     <w:rsid w:val="001F3BD2"/>
     <w:rsid w:val="00200457"/>
     <w:rsid w:val="002032FB"/>
     <w:rsid w:val="00203797"/>
     <w:rsid w:val="00204260"/>
     <w:rsid w:val="00207C17"/>
     <w:rsid w:val="00211B68"/>
@@ -29216,110 +29053,106 @@
     <w:rsid w:val="0025537D"/>
     <w:rsid w:val="002566C0"/>
     <w:rsid w:val="002577FE"/>
     <w:rsid w:val="00260199"/>
     <w:rsid w:val="00262817"/>
     <w:rsid w:val="00263C05"/>
     <w:rsid w:val="00270099"/>
     <w:rsid w:val="00270349"/>
     <w:rsid w:val="00271F40"/>
     <w:rsid w:val="002735F2"/>
     <w:rsid w:val="002770D8"/>
     <w:rsid w:val="00280575"/>
     <w:rsid w:val="00285B1F"/>
     <w:rsid w:val="002907E2"/>
     <w:rsid w:val="002936AE"/>
     <w:rsid w:val="00294EFD"/>
     <w:rsid w:val="002A1C09"/>
     <w:rsid w:val="002A74BA"/>
     <w:rsid w:val="002A7B98"/>
     <w:rsid w:val="002B1A4E"/>
     <w:rsid w:val="002B2E9A"/>
     <w:rsid w:val="002B694A"/>
     <w:rsid w:val="002B7382"/>
     <w:rsid w:val="002B76CC"/>
     <w:rsid w:val="002C093D"/>
-    <w:rsid w:val="002C2DD1"/>
     <w:rsid w:val="002C5D94"/>
     <w:rsid w:val="002C76CA"/>
     <w:rsid w:val="002D0628"/>
     <w:rsid w:val="002D0FE7"/>
     <w:rsid w:val="002D166D"/>
     <w:rsid w:val="002E3ABE"/>
     <w:rsid w:val="002E3D98"/>
     <w:rsid w:val="002E4912"/>
     <w:rsid w:val="002E6972"/>
     <w:rsid w:val="002F1699"/>
     <w:rsid w:val="002F2111"/>
     <w:rsid w:val="002F38D8"/>
     <w:rsid w:val="002F4B4E"/>
     <w:rsid w:val="002F4CC0"/>
     <w:rsid w:val="002F5318"/>
     <w:rsid w:val="0030496C"/>
     <w:rsid w:val="00306702"/>
     <w:rsid w:val="003069F8"/>
     <w:rsid w:val="0030776C"/>
     <w:rsid w:val="00312F22"/>
     <w:rsid w:val="003136E1"/>
     <w:rsid w:val="00314967"/>
     <w:rsid w:val="0031566F"/>
     <w:rsid w:val="0032316E"/>
     <w:rsid w:val="00324051"/>
     <w:rsid w:val="003254D6"/>
     <w:rsid w:val="003266A3"/>
     <w:rsid w:val="0032730E"/>
     <w:rsid w:val="00333C90"/>
-    <w:rsid w:val="003360F5"/>
     <w:rsid w:val="003377EF"/>
     <w:rsid w:val="003409CD"/>
     <w:rsid w:val="003412CE"/>
     <w:rsid w:val="00342837"/>
     <w:rsid w:val="00344FFB"/>
     <w:rsid w:val="003456E8"/>
-    <w:rsid w:val="00347DDC"/>
     <w:rsid w:val="003509A4"/>
     <w:rsid w:val="00350C99"/>
     <w:rsid w:val="003528B6"/>
     <w:rsid w:val="00362F66"/>
     <w:rsid w:val="003646CB"/>
     <w:rsid w:val="00367D70"/>
     <w:rsid w:val="003708F7"/>
     <w:rsid w:val="003709F4"/>
     <w:rsid w:val="0037107F"/>
     <w:rsid w:val="0037272B"/>
     <w:rsid w:val="00375173"/>
     <w:rsid w:val="00377123"/>
     <w:rsid w:val="00377628"/>
     <w:rsid w:val="0038043E"/>
     <w:rsid w:val="003814DA"/>
     <w:rsid w:val="0038204B"/>
     <w:rsid w:val="0038469A"/>
     <w:rsid w:val="0038520C"/>
     <w:rsid w:val="00391E14"/>
     <w:rsid w:val="00394013"/>
     <w:rsid w:val="003940CA"/>
-    <w:rsid w:val="003948EF"/>
     <w:rsid w:val="00394ACD"/>
     <w:rsid w:val="00394C50"/>
     <w:rsid w:val="00395BAA"/>
     <w:rsid w:val="003971CA"/>
     <w:rsid w:val="00397C5D"/>
     <w:rsid w:val="003A10E5"/>
     <w:rsid w:val="003A182B"/>
     <w:rsid w:val="003A4BB5"/>
     <w:rsid w:val="003A4F20"/>
     <w:rsid w:val="003A508E"/>
     <w:rsid w:val="003A7977"/>
     <w:rsid w:val="003B3C28"/>
     <w:rsid w:val="003B447E"/>
     <w:rsid w:val="003C2BC5"/>
     <w:rsid w:val="003C3F09"/>
     <w:rsid w:val="003C4488"/>
     <w:rsid w:val="003C787D"/>
     <w:rsid w:val="003D0813"/>
     <w:rsid w:val="003D41E5"/>
     <w:rsid w:val="003E3B71"/>
     <w:rsid w:val="003E79DA"/>
     <w:rsid w:val="003E7AE2"/>
     <w:rsid w:val="003F3351"/>
     <w:rsid w:val="00401A2B"/>
     <w:rsid w:val="0040209F"/>
@@ -29341,121 +29174,115 @@
     <w:rsid w:val="00466B04"/>
     <w:rsid w:val="00467688"/>
     <w:rsid w:val="00467E7F"/>
     <w:rsid w:val="00470281"/>
     <w:rsid w:val="004714DE"/>
     <w:rsid w:val="004730DD"/>
     <w:rsid w:val="00473C1A"/>
     <w:rsid w:val="00476A2B"/>
     <w:rsid w:val="0047761D"/>
     <w:rsid w:val="004819C0"/>
     <w:rsid w:val="00482B68"/>
     <w:rsid w:val="00490465"/>
     <w:rsid w:val="00491EDA"/>
     <w:rsid w:val="004920C0"/>
     <w:rsid w:val="00495783"/>
     <w:rsid w:val="004968B5"/>
     <w:rsid w:val="00497BD8"/>
     <w:rsid w:val="004A15AC"/>
     <w:rsid w:val="004A1DC9"/>
     <w:rsid w:val="004A2396"/>
     <w:rsid w:val="004A2C93"/>
     <w:rsid w:val="004A583C"/>
     <w:rsid w:val="004B02F9"/>
     <w:rsid w:val="004B08E0"/>
     <w:rsid w:val="004C5441"/>
-    <w:rsid w:val="004C5EF0"/>
     <w:rsid w:val="004C6049"/>
     <w:rsid w:val="004C6A8F"/>
     <w:rsid w:val="004D3264"/>
     <w:rsid w:val="004D37DD"/>
     <w:rsid w:val="004D6745"/>
     <w:rsid w:val="004D7E9A"/>
     <w:rsid w:val="004E148A"/>
     <w:rsid w:val="004E1722"/>
     <w:rsid w:val="004E4566"/>
     <w:rsid w:val="004E4F19"/>
     <w:rsid w:val="004E542A"/>
     <w:rsid w:val="004E58DD"/>
     <w:rsid w:val="004E7246"/>
     <w:rsid w:val="004E7420"/>
     <w:rsid w:val="004F408B"/>
     <w:rsid w:val="004F41BF"/>
-    <w:rsid w:val="004F5860"/>
     <w:rsid w:val="004F7780"/>
     <w:rsid w:val="00502611"/>
     <w:rsid w:val="00502BA2"/>
     <w:rsid w:val="005030E0"/>
     <w:rsid w:val="00504E9A"/>
     <w:rsid w:val="005058D4"/>
     <w:rsid w:val="00507E52"/>
     <w:rsid w:val="00510EC9"/>
     <w:rsid w:val="00512377"/>
-    <w:rsid w:val="00514BBE"/>
     <w:rsid w:val="00515BBA"/>
     <w:rsid w:val="00517CA4"/>
     <w:rsid w:val="00520907"/>
     <w:rsid w:val="005227A3"/>
     <w:rsid w:val="0052363D"/>
     <w:rsid w:val="00525CE9"/>
     <w:rsid w:val="00530AEA"/>
     <w:rsid w:val="00530DF1"/>
     <w:rsid w:val="00531A51"/>
     <w:rsid w:val="0053654A"/>
     <w:rsid w:val="00537A0A"/>
     <w:rsid w:val="00541734"/>
     <w:rsid w:val="00544C68"/>
     <w:rsid w:val="00547DE0"/>
     <w:rsid w:val="00550784"/>
     <w:rsid w:val="00552899"/>
     <w:rsid w:val="005531DB"/>
     <w:rsid w:val="005543C1"/>
     <w:rsid w:val="005553AE"/>
     <w:rsid w:val="00557EC9"/>
     <w:rsid w:val="0056149E"/>
     <w:rsid w:val="00562196"/>
     <w:rsid w:val="00563D80"/>
     <w:rsid w:val="00564F2F"/>
     <w:rsid w:val="0056715E"/>
     <w:rsid w:val="00573FC7"/>
     <w:rsid w:val="00575D37"/>
     <w:rsid w:val="00577507"/>
     <w:rsid w:val="0057754F"/>
     <w:rsid w:val="00580FA9"/>
-    <w:rsid w:val="0058168B"/>
     <w:rsid w:val="00582826"/>
     <w:rsid w:val="00586D23"/>
     <w:rsid w:val="005915E0"/>
     <w:rsid w:val="0059276D"/>
     <w:rsid w:val="005A223F"/>
     <w:rsid w:val="005A43B0"/>
-    <w:rsid w:val="005A50E6"/>
     <w:rsid w:val="005B456B"/>
     <w:rsid w:val="005B61EC"/>
     <w:rsid w:val="005C0CC6"/>
     <w:rsid w:val="005C1FAC"/>
-    <w:rsid w:val="005C53E2"/>
     <w:rsid w:val="005C6FCE"/>
     <w:rsid w:val="005C7CF0"/>
     <w:rsid w:val="005D2968"/>
     <w:rsid w:val="005D3C5A"/>
     <w:rsid w:val="005D622E"/>
     <w:rsid w:val="005D6FC2"/>
     <w:rsid w:val="005E0176"/>
     <w:rsid w:val="005E0C21"/>
     <w:rsid w:val="005E0D68"/>
     <w:rsid w:val="005E13DD"/>
     <w:rsid w:val="005E17D3"/>
     <w:rsid w:val="005E2EC3"/>
     <w:rsid w:val="005E3F97"/>
     <w:rsid w:val="005E450C"/>
     <w:rsid w:val="005E4B7A"/>
     <w:rsid w:val="005E7E76"/>
     <w:rsid w:val="005F1007"/>
     <w:rsid w:val="006015F5"/>
     <w:rsid w:val="0060204C"/>
     <w:rsid w:val="00604AA1"/>
     <w:rsid w:val="0060569E"/>
     <w:rsid w:val="006116EA"/>
     <w:rsid w:val="006146B2"/>
     <w:rsid w:val="00614929"/>
     <w:rsid w:val="00615E6C"/>
@@ -29601,51 +29428,50 @@
     <w:rsid w:val="0084294C"/>
     <w:rsid w:val="00843D54"/>
     <w:rsid w:val="0084595E"/>
     <w:rsid w:val="00853744"/>
     <w:rsid w:val="00855B22"/>
     <w:rsid w:val="00857785"/>
     <w:rsid w:val="00857B77"/>
     <w:rsid w:val="008628FA"/>
     <w:rsid w:val="0086408E"/>
     <w:rsid w:val="008644C4"/>
     <w:rsid w:val="00864B19"/>
     <w:rsid w:val="008655A5"/>
     <w:rsid w:val="00865BFB"/>
     <w:rsid w:val="008662BB"/>
     <w:rsid w:val="00866CBA"/>
     <w:rsid w:val="00870717"/>
     <w:rsid w:val="00871C1D"/>
     <w:rsid w:val="008737DB"/>
     <w:rsid w:val="008757BB"/>
     <w:rsid w:val="00887714"/>
     <w:rsid w:val="0089039E"/>
     <w:rsid w:val="00890816"/>
     <w:rsid w:val="008924D8"/>
     <w:rsid w:val="00892D8B"/>
     <w:rsid w:val="008951D4"/>
-    <w:rsid w:val="00895BE6"/>
     <w:rsid w:val="008964D8"/>
     <w:rsid w:val="00897966"/>
     <w:rsid w:val="008A0E73"/>
     <w:rsid w:val="008A128A"/>
     <w:rsid w:val="008B0CB2"/>
     <w:rsid w:val="008B31E9"/>
     <w:rsid w:val="008B4189"/>
     <w:rsid w:val="008B5C87"/>
     <w:rsid w:val="008B79B5"/>
     <w:rsid w:val="008C0337"/>
     <w:rsid w:val="008C7E98"/>
     <w:rsid w:val="008D006D"/>
     <w:rsid w:val="008D1B5C"/>
     <w:rsid w:val="008D2F4E"/>
     <w:rsid w:val="008D307D"/>
     <w:rsid w:val="008D40B5"/>
     <w:rsid w:val="008D6BBC"/>
     <w:rsid w:val="008F09AB"/>
     <w:rsid w:val="008F15BB"/>
     <w:rsid w:val="008F2778"/>
     <w:rsid w:val="008F2A9F"/>
     <w:rsid w:val="008F4A27"/>
     <w:rsid w:val="008F7442"/>
     <w:rsid w:val="009005BB"/>
     <w:rsid w:val="00904929"/>
@@ -29666,219 +29492,212 @@
     <w:rsid w:val="00946624"/>
     <w:rsid w:val="009469A9"/>
     <w:rsid w:val="0095194A"/>
     <w:rsid w:val="00951D32"/>
     <w:rsid w:val="009523DC"/>
     <w:rsid w:val="00952BAD"/>
     <w:rsid w:val="009533BC"/>
     <w:rsid w:val="009542B2"/>
     <w:rsid w:val="009550A0"/>
     <w:rsid w:val="00955C7B"/>
     <w:rsid w:val="009614E9"/>
     <w:rsid w:val="00963993"/>
     <w:rsid w:val="009650AC"/>
     <w:rsid w:val="00965F21"/>
     <w:rsid w:val="009664B5"/>
     <w:rsid w:val="00967D4A"/>
     <w:rsid w:val="0097030F"/>
     <w:rsid w:val="00971661"/>
     <w:rsid w:val="00972384"/>
     <w:rsid w:val="009761EC"/>
     <w:rsid w:val="00976FF6"/>
     <w:rsid w:val="00981179"/>
     <w:rsid w:val="0098534C"/>
     <w:rsid w:val="0098622E"/>
     <w:rsid w:val="00986644"/>
-    <w:rsid w:val="009936CD"/>
     <w:rsid w:val="00994676"/>
     <w:rsid w:val="009A07DB"/>
     <w:rsid w:val="009A154F"/>
     <w:rsid w:val="009A15C4"/>
     <w:rsid w:val="009A2AB3"/>
     <w:rsid w:val="009A46A2"/>
     <w:rsid w:val="009A4D84"/>
     <w:rsid w:val="009A5EF5"/>
     <w:rsid w:val="009B06C0"/>
     <w:rsid w:val="009B1EAE"/>
     <w:rsid w:val="009B2EAD"/>
     <w:rsid w:val="009B3F7B"/>
     <w:rsid w:val="009B6658"/>
     <w:rsid w:val="009B7418"/>
     <w:rsid w:val="009C47F7"/>
     <w:rsid w:val="009C5D28"/>
     <w:rsid w:val="009C7C97"/>
     <w:rsid w:val="009D1861"/>
     <w:rsid w:val="009D3BD6"/>
     <w:rsid w:val="009D532D"/>
     <w:rsid w:val="009D61C0"/>
     <w:rsid w:val="009E06E2"/>
     <w:rsid w:val="009E0ED5"/>
     <w:rsid w:val="009E1296"/>
     <w:rsid w:val="009E29B6"/>
     <w:rsid w:val="009E32BB"/>
     <w:rsid w:val="009E4D65"/>
     <w:rsid w:val="009E5596"/>
     <w:rsid w:val="009F1DAC"/>
     <w:rsid w:val="009F4146"/>
     <w:rsid w:val="009F481D"/>
     <w:rsid w:val="009F77C7"/>
     <w:rsid w:val="00A01FE8"/>
     <w:rsid w:val="00A04E47"/>
     <w:rsid w:val="00A05E6F"/>
     <w:rsid w:val="00A06330"/>
     <w:rsid w:val="00A065F3"/>
     <w:rsid w:val="00A06DD9"/>
     <w:rsid w:val="00A13702"/>
     <w:rsid w:val="00A200DE"/>
     <w:rsid w:val="00A204E8"/>
     <w:rsid w:val="00A21413"/>
     <w:rsid w:val="00A22D44"/>
     <w:rsid w:val="00A24BC0"/>
-    <w:rsid w:val="00A30A33"/>
     <w:rsid w:val="00A314D1"/>
     <w:rsid w:val="00A31876"/>
     <w:rsid w:val="00A3330F"/>
     <w:rsid w:val="00A34022"/>
     <w:rsid w:val="00A35D6C"/>
     <w:rsid w:val="00A450F9"/>
     <w:rsid w:val="00A476CE"/>
     <w:rsid w:val="00A50D95"/>
     <w:rsid w:val="00A51485"/>
     <w:rsid w:val="00A525BE"/>
     <w:rsid w:val="00A53E5E"/>
     <w:rsid w:val="00A54C01"/>
     <w:rsid w:val="00A55CE6"/>
     <w:rsid w:val="00A62EC5"/>
     <w:rsid w:val="00A64607"/>
     <w:rsid w:val="00A646B3"/>
     <w:rsid w:val="00A64826"/>
     <w:rsid w:val="00A651A9"/>
     <w:rsid w:val="00A66D99"/>
     <w:rsid w:val="00A67012"/>
     <w:rsid w:val="00A724E4"/>
     <w:rsid w:val="00A72B24"/>
     <w:rsid w:val="00A80F98"/>
-    <w:rsid w:val="00A8149F"/>
     <w:rsid w:val="00A829F5"/>
     <w:rsid w:val="00A84C56"/>
     <w:rsid w:val="00A84C7F"/>
     <w:rsid w:val="00A85322"/>
     <w:rsid w:val="00A8620B"/>
     <w:rsid w:val="00A87F5C"/>
     <w:rsid w:val="00A900C3"/>
     <w:rsid w:val="00A91DF2"/>
     <w:rsid w:val="00A93B23"/>
     <w:rsid w:val="00A94B2F"/>
     <w:rsid w:val="00A95BCB"/>
     <w:rsid w:val="00A96488"/>
     <w:rsid w:val="00A976C7"/>
     <w:rsid w:val="00A97ECB"/>
     <w:rsid w:val="00AA1DCB"/>
     <w:rsid w:val="00AA429B"/>
     <w:rsid w:val="00AA4D64"/>
     <w:rsid w:val="00AA6CDA"/>
     <w:rsid w:val="00AB1835"/>
     <w:rsid w:val="00AB37E9"/>
     <w:rsid w:val="00AB605A"/>
     <w:rsid w:val="00AB7263"/>
     <w:rsid w:val="00AC0B04"/>
-    <w:rsid w:val="00AC1DCD"/>
     <w:rsid w:val="00AC5144"/>
     <w:rsid w:val="00AD008C"/>
     <w:rsid w:val="00AD2888"/>
     <w:rsid w:val="00AD2C2C"/>
     <w:rsid w:val="00AD4573"/>
     <w:rsid w:val="00AD5CAA"/>
     <w:rsid w:val="00AE1101"/>
     <w:rsid w:val="00AE2D69"/>
     <w:rsid w:val="00AE789D"/>
     <w:rsid w:val="00AF12AC"/>
     <w:rsid w:val="00B020AF"/>
     <w:rsid w:val="00B03DA0"/>
     <w:rsid w:val="00B05493"/>
     <w:rsid w:val="00B104BD"/>
     <w:rsid w:val="00B118E1"/>
     <w:rsid w:val="00B13BB8"/>
     <w:rsid w:val="00B14DE6"/>
     <w:rsid w:val="00B16FAB"/>
     <w:rsid w:val="00B263BF"/>
     <w:rsid w:val="00B27440"/>
     <w:rsid w:val="00B31997"/>
     <w:rsid w:val="00B32224"/>
     <w:rsid w:val="00B3462B"/>
     <w:rsid w:val="00B37D2C"/>
     <w:rsid w:val="00B40031"/>
     <w:rsid w:val="00B40054"/>
     <w:rsid w:val="00B44AEE"/>
     <w:rsid w:val="00B44E28"/>
     <w:rsid w:val="00B45658"/>
     <w:rsid w:val="00B47148"/>
     <w:rsid w:val="00B47977"/>
     <w:rsid w:val="00B47E61"/>
     <w:rsid w:val="00B505C7"/>
     <w:rsid w:val="00B510CD"/>
     <w:rsid w:val="00B51FB3"/>
     <w:rsid w:val="00B5320D"/>
     <w:rsid w:val="00B60A5B"/>
     <w:rsid w:val="00B616BC"/>
     <w:rsid w:val="00B626F7"/>
     <w:rsid w:val="00B74F5B"/>
     <w:rsid w:val="00B77942"/>
     <w:rsid w:val="00B77B74"/>
     <w:rsid w:val="00B85F30"/>
     <w:rsid w:val="00B85FE5"/>
-    <w:rsid w:val="00B865ED"/>
     <w:rsid w:val="00B900E0"/>
     <w:rsid w:val="00B9183B"/>
     <w:rsid w:val="00B93934"/>
     <w:rsid w:val="00B9468C"/>
     <w:rsid w:val="00BA5C09"/>
     <w:rsid w:val="00BB3459"/>
     <w:rsid w:val="00BB55E8"/>
     <w:rsid w:val="00BB6909"/>
     <w:rsid w:val="00BC0227"/>
     <w:rsid w:val="00BC12C9"/>
     <w:rsid w:val="00BC1D1A"/>
     <w:rsid w:val="00BC4A3C"/>
     <w:rsid w:val="00BC5B02"/>
     <w:rsid w:val="00BC6B4F"/>
     <w:rsid w:val="00BD0C19"/>
     <w:rsid w:val="00BD4FC7"/>
     <w:rsid w:val="00BD589A"/>
     <w:rsid w:val="00BD6333"/>
     <w:rsid w:val="00BE48DD"/>
     <w:rsid w:val="00BE5FAA"/>
-    <w:rsid w:val="00BE6BC8"/>
     <w:rsid w:val="00BF0137"/>
     <w:rsid w:val="00BF6161"/>
     <w:rsid w:val="00BF7EB0"/>
     <w:rsid w:val="00C00644"/>
     <w:rsid w:val="00C05303"/>
     <w:rsid w:val="00C13375"/>
     <w:rsid w:val="00C148DF"/>
     <w:rsid w:val="00C17E99"/>
-    <w:rsid w:val="00C202CF"/>
     <w:rsid w:val="00C2148C"/>
     <w:rsid w:val="00C2660A"/>
     <w:rsid w:val="00C27F62"/>
     <w:rsid w:val="00C33A88"/>
     <w:rsid w:val="00C41C7F"/>
     <w:rsid w:val="00C42C27"/>
     <w:rsid w:val="00C4664F"/>
     <w:rsid w:val="00C52B2A"/>
     <w:rsid w:val="00C537CC"/>
     <w:rsid w:val="00C62800"/>
     <w:rsid w:val="00C63148"/>
     <w:rsid w:val="00C67343"/>
     <w:rsid w:val="00C71118"/>
     <w:rsid w:val="00C71944"/>
     <w:rsid w:val="00C75916"/>
     <w:rsid w:val="00C77BC0"/>
     <w:rsid w:val="00C77D19"/>
     <w:rsid w:val="00C80520"/>
     <w:rsid w:val="00C8146B"/>
     <w:rsid w:val="00C84005"/>
     <w:rsid w:val="00C9001F"/>
     <w:rsid w:val="00C92328"/>
     <w:rsid w:val="00C928DE"/>
     <w:rsid w:val="00C92EFE"/>
     <w:rsid w:val="00C94CF3"/>
@@ -29979,183 +29798,178 @@
     <w:rsid w:val="00E07925"/>
     <w:rsid w:val="00E132BC"/>
     <w:rsid w:val="00E136C4"/>
     <w:rsid w:val="00E144CA"/>
     <w:rsid w:val="00E144E3"/>
     <w:rsid w:val="00E1531E"/>
     <w:rsid w:val="00E16277"/>
     <w:rsid w:val="00E16907"/>
     <w:rsid w:val="00E205CF"/>
     <w:rsid w:val="00E21117"/>
     <w:rsid w:val="00E2429B"/>
     <w:rsid w:val="00E258B0"/>
     <w:rsid w:val="00E26DC1"/>
     <w:rsid w:val="00E27731"/>
     <w:rsid w:val="00E30873"/>
     <w:rsid w:val="00E31B52"/>
     <w:rsid w:val="00E329D7"/>
     <w:rsid w:val="00E3318B"/>
     <w:rsid w:val="00E33784"/>
     <w:rsid w:val="00E33F8E"/>
     <w:rsid w:val="00E343A5"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E35625"/>
     <w:rsid w:val="00E466BA"/>
     <w:rsid w:val="00E519F9"/>
-    <w:rsid w:val="00E5200E"/>
     <w:rsid w:val="00E57567"/>
     <w:rsid w:val="00E6001A"/>
     <w:rsid w:val="00E61399"/>
     <w:rsid w:val="00E6219E"/>
     <w:rsid w:val="00E6483D"/>
     <w:rsid w:val="00E67BC3"/>
     <w:rsid w:val="00E71982"/>
     <w:rsid w:val="00E74AA1"/>
     <w:rsid w:val="00E8116D"/>
     <w:rsid w:val="00E81520"/>
     <w:rsid w:val="00E833EE"/>
     <w:rsid w:val="00E835CB"/>
     <w:rsid w:val="00E8579A"/>
     <w:rsid w:val="00E86ECF"/>
     <w:rsid w:val="00E90623"/>
     <w:rsid w:val="00E90F40"/>
-    <w:rsid w:val="00E928DE"/>
     <w:rsid w:val="00E9345E"/>
     <w:rsid w:val="00E9460B"/>
     <w:rsid w:val="00E95F0E"/>
     <w:rsid w:val="00E97473"/>
     <w:rsid w:val="00EA2B1C"/>
     <w:rsid w:val="00EB1639"/>
     <w:rsid w:val="00EB1998"/>
     <w:rsid w:val="00EB55D7"/>
     <w:rsid w:val="00EC1B48"/>
     <w:rsid w:val="00EC42A8"/>
     <w:rsid w:val="00EC493A"/>
     <w:rsid w:val="00EC6B1D"/>
     <w:rsid w:val="00ED02A1"/>
     <w:rsid w:val="00ED0B90"/>
     <w:rsid w:val="00ED1C0C"/>
     <w:rsid w:val="00EE03EF"/>
     <w:rsid w:val="00EE4172"/>
     <w:rsid w:val="00EF08E7"/>
     <w:rsid w:val="00EF3041"/>
     <w:rsid w:val="00EF4615"/>
     <w:rsid w:val="00EF5D56"/>
     <w:rsid w:val="00EF5FA3"/>
     <w:rsid w:val="00EF6676"/>
     <w:rsid w:val="00EF6A98"/>
     <w:rsid w:val="00EF6F36"/>
     <w:rsid w:val="00EF70B5"/>
     <w:rsid w:val="00EF71F5"/>
     <w:rsid w:val="00F02B7C"/>
     <w:rsid w:val="00F036F1"/>
     <w:rsid w:val="00F115FD"/>
     <w:rsid w:val="00F133C0"/>
     <w:rsid w:val="00F17D48"/>
-    <w:rsid w:val="00F23619"/>
     <w:rsid w:val="00F23FE7"/>
     <w:rsid w:val="00F24200"/>
     <w:rsid w:val="00F31507"/>
     <w:rsid w:val="00F32715"/>
     <w:rsid w:val="00F32C32"/>
     <w:rsid w:val="00F3761F"/>
     <w:rsid w:val="00F40A37"/>
-    <w:rsid w:val="00F4162B"/>
     <w:rsid w:val="00F4246C"/>
     <w:rsid w:val="00F42CA5"/>
     <w:rsid w:val="00F4380B"/>
     <w:rsid w:val="00F45A98"/>
     <w:rsid w:val="00F45B34"/>
     <w:rsid w:val="00F45FFE"/>
     <w:rsid w:val="00F47F72"/>
     <w:rsid w:val="00F521F7"/>
     <w:rsid w:val="00F5381A"/>
     <w:rsid w:val="00F57925"/>
     <w:rsid w:val="00F609FB"/>
     <w:rsid w:val="00F60A6C"/>
     <w:rsid w:val="00F61207"/>
     <w:rsid w:val="00F667D9"/>
     <w:rsid w:val="00F678B2"/>
     <w:rsid w:val="00F70366"/>
     <w:rsid w:val="00F7142A"/>
     <w:rsid w:val="00F71699"/>
     <w:rsid w:val="00F80E2C"/>
     <w:rsid w:val="00F841B6"/>
     <w:rsid w:val="00F84DE6"/>
     <w:rsid w:val="00F85CA4"/>
     <w:rsid w:val="00F90D27"/>
     <w:rsid w:val="00F91E55"/>
     <w:rsid w:val="00F92356"/>
     <w:rsid w:val="00F94373"/>
     <w:rsid w:val="00F94DCC"/>
     <w:rsid w:val="00F9565A"/>
     <w:rsid w:val="00FA01D6"/>
     <w:rsid w:val="00FA08EE"/>
     <w:rsid w:val="00FA3E93"/>
     <w:rsid w:val="00FA533B"/>
     <w:rsid w:val="00FA7D11"/>
     <w:rsid w:val="00FB2397"/>
     <w:rsid w:val="00FB28D6"/>
     <w:rsid w:val="00FB2E99"/>
     <w:rsid w:val="00FB377D"/>
     <w:rsid w:val="00FB3877"/>
-    <w:rsid w:val="00FB6C2C"/>
     <w:rsid w:val="00FB79B1"/>
     <w:rsid w:val="00FC47B7"/>
     <w:rsid w:val="00FC6FC6"/>
     <w:rsid w:val="00FD0971"/>
     <w:rsid w:val="00FD35DE"/>
     <w:rsid w:val="00FE1C8F"/>
     <w:rsid w:val="00FE7D03"/>
     <w:rsid w:val="00FF3C25"/>
     <w:rsid w:val="00FF6E63"/>
     <w:rsid w:val="63B5F13A"/>
     <w:rsid w:val="7D6C6CB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1A11FC13"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1A9CCCC6-FA42-40FF-B2D1-3EBC4A991D6A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CA" w:eastAsia="fr-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -30919,60 +30733,50 @@
       <w:szCs w:val="16"/>
       <w:u w:val="none"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulGrid-Accent61">
     <w:name w:val="Colorful Grid - Accent 61"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C05303"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubtleEmphasis1">
     <w:name w:val="Subtle Emphasis1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C05303"/>
     <w:pPr>
       <w:ind w:left="708"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rvision">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="14429922">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="832571875">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -31367,61 +31171,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0d92f56c-7019-4176-a99a-4a6f75ef270c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="51c55d67-e85e-49a9-b476-a08c3bd3f696" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ea4195b1c36e97c99d2ba593e55c501" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010048FEC88795A14C4EA971A7BDE3F32F98" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="0fecda5135354340bf3aacc236fea129">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0d92f56c-7019-4176-a99a-4a6f75ef270c" xmlns:ns3="51c55d67-e85e-49a9-b476-a08c3bd3f696" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6f2e040ff16ab907c94d25a8941d03e9" ns2:_="" ns3:_="">
     <xsd:import namespace="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <xsd:import namespace="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -31616,141 +31435,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36C3FCDB-5F3E-4754-80B1-EA45F6E2B7EC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
+    <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - First Element and Date"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E1B3A4F-1411-C349-9BA7-709EE09C2B8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F501B44-068D-4773-B487-AB35CD0492EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4AC23FE-9BAF-4997-A8AC-1B65AB6C9E55}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A60D75FE-DE0D-4E8A-9CB4-1419056013D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0d92f56c-7019-4176-a99a-4a6f75ef270c"/>
     <ds:schemaRef ds:uri="51c55d67-e85e-49a9-b476-a08c3bd3f696"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2234</Words>
-  <Characters>11339</Characters>
+  <Words>2326</Words>
+  <Characters>11240</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1133</Lines>
-  <Paragraphs>904</Paragraphs>
+  <Lines>1248</Lines>
+  <Paragraphs>968</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Ouellet Canada inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12669</CharactersWithSpaces>
+  <CharactersWithSpaces>12598</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Série</dc:title>
   <dc:subject/>
   <dc:creator>Véronique Tremblay</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010048FEC88795A14C4EA971A7BDE3F32F98</vt:lpwstr>
   </property>